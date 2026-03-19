--- v0 (2026-01-11)
+++ v1 (2026-03-19)
@@ -54,1254 +54,1254 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>MAURÍLIO MARTIELHO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/124/124_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/124/124_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 8º DO PROJETO DE RESOLUÇÃO Nº. 004/2012</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/125/125_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/125/125_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUPRIME O INCISO II, DO ARTIGO 3º DO PROJETO DE RESOLUÇÃO Nº. 004/2012</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Diego Furlan</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/5/5_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/5/5_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A POSSIBILIDADE DE SE NOMEAR O CENTRO ESPORTIVO A SER CONSTRUÍDO NA VILA FREDERICO LUCAREWISKI DE "JOSÉ DE OLIVEIRA LIMA"</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>JORGE PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/8/8_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/8/8_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, QUANTO A POSSIBILIDADE DE SE INSTALAR UM QUEBRA-MOLAS NA RUA EUZÉBIO MONTEIRO, NO CONJ HAB ANTONIO J VIEIRA, DEFRONTE A DISTRIBUIDORA DE BEBIDAS &amp;#8220;COLIZEU GÁS"</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/9/9_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/9/9_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO SAAE, QUANTO A PROVIDENCIAS NO SENTIDO DE SE PROMOVER O RECAPE ASFÁLTICO EM UM BURACO EXISTENTE A MESES NA RUA PEDRO B DE OLIVEIRA, NO CONJ HAB MILTON F PESSOA</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/10/10_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/10/10_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, QUANTO A MANUTENÇÃO DA MALHA ASFALTICA DAS RUAS DO CONJ HAB MILTON F PESSOA</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Luiz Brandão</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/11/11_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/11/11_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL PARABENIZANDO-O PELA CONCLUSÃO DA PAVIMENTAÇÃO ASFÁLTICA DAS RUAS MIGUEL BIALTA, HENRIQUE MACHADO DOS SANTOS E PROLONGAMENTO DA AV. CAETANO MUNHOZ DA ROCHA</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/12/12_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/12/12_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO SR. SANDRO FAGÁ, PARABENIZANDO-O PELA ASSUNÇÃO AO CARGO DE PRESIDENTE DO INSTITUTO DE PREVIDÊNCIA DOS SERVIDORES PÚBLICOS MUNICIPAIS</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>José Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/20/20_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/20/20_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A INSTALAÇÃO DE QUEBRA-MOLAS NA RUA RIO GRANDE DO SUL, VILA PAVÃO, E NA RUA SANTOS DUMONT, EM FRENTE AO &amp;#8220;BAR DO ZEZINHO&amp;#8221;</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Ivone Baroto</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/21/21_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/21/21_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A INSTALAÇÃO DE QUEBRA-MOLAS NA AV BENJAMIM GIAVARINA, DEFRONTE AO POSTO DE SAÚDE CENTRAL</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/22/22_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/22/22_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A PAVIMENTAÇÃO ASFÁLTICA DA TRAVESSA AVELINO ALVES PEREIRA</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/23/23_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/23/23_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO DIRETOR DO SAAE QUANTO A DISPONIBILIZAÇÃO DE CESSÃO DE UMA MOTOCICLETA PARA A CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/29/29_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/29/29_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A INSTALAÇÃO DE QUEBRA-MOLAS NA RUA EUZÉBIO MONTEIRO, NO CONJ HAB OCTAVIANO H DUARTE</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>ALEX FARIA, JORGE PEREIRA, José Rodrigues, Miriam Tarosso</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/32/32_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/32/32_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO INSTITUTO DE HEMATOLOGIA DE LONDRINA - IHEL, QUANTO A VIABILIDADE DE SE INSTALAR AR-CONDICIONADO NOS ÔNIBUS DE COLETA DE SANGUE</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/37/37_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/37/37_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A POSSIBILIDADE SE HOMENAGEAR O JOVEM RUAL AFONSO SÁVIO RIBEIRO, ATRAVÉS DA DENOMINAÇÃO DE UMA DAS FUTURAS RUAS DE JATAIZINHO</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/38/38_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/38/38_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL  QUANTO A POSSIBILIDADE DE SE NOMEAR FUTURAS RUAS E OU PRÉDIOS PÚBLICOS DE JATAIZINHO COM OS NOMES DO CASAL PEDRO DE OLIVEIRA E EURÍDICE RODRIGUES DE OLIVEIRA, EM FORMA DE HOMENAGEM PÓSTUMA</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/39/39_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/39/39_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL  QUANTO A PREFERÊNCIA NAS CONTRATAÇÕES DE SERVIDORES TEMPORÁRIOS A INTEGRANTES DA GUARDA-MIRIAM</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/48/48_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/48/48_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL PARA QUE PROMOVA A REDUÇÃO DAS DIMENSÕES DO QUEBRA-MOLAS LOCALIZADO NA RUA JOHN KENNEDY, ENTRE AS AVENIDAS BENJAMIM GIAVARINA E ANTONIO B OLIVEIRA</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Miriam Tarosso</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/54/54_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/54/54_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO À AMÉRICA LATINA LOGÍSTICA - ALL, QUANTO A PODA DA GRAMA QUE SE ENCONTRA ALTA EM TORNO DA LINHA FÉRREA NA ZONA URBANA DE JATAIZINHO</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>ERIC BRUNO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/55/55_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/55/55_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A VIABILIDADE DE SE CONSTRUIR UMA QUADRA DE ESPORTES NA ESCOLA MUNICIPAL PRINCESA IZABEL</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/56/56_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/56/56_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A VIABILIDADE DE SE CONSTRUIR TERMINAIS DE EMBARQUE E DESEMBARQUE DE ESTUDANTES DAS ESCOLAS DE JATAIZINHO</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/65/65_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/65/65_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO DER QUANTO A MELHORIAS NOS PONTOS DE ÔNIBUS DO TRANSPORTE COLETIVO JATAIZINHO/LONDRINA, EM LONDRINA, BEM COMO A INSTALAÇÃO DE NOVOS PONTOS</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/66/66_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/66/66_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO JOVEM ADVOGADO JORDAN ROGATTE DE MOURA, PARABENIZANDO-O PELA ASSUNÇÃO AO CARGO DE DIRETOR DO DEPARTAMENTO JURÍDICO DO MUNICÍPIO DE JATAIZINHO</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/67/67_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/67/67_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A ADVOGADA SRA. SUELY RIBEIRO TERRA, PARABENIZANDO-A PELA ASSUNÇÃO AO CARGO DE DEFENSORA PÚBLICA</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/68/68_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/68/68_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A EMPRESA RIO TIBAGI, QUANDO A READEQUAÇÃO DOS REDUTORES DE VELOCIDADE (QUEBRA-MOLAS) LOCALIZADOS NO PERÍMETRO URBANO DA BR-369</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/69/69_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, QUANTO A INSTALAÇÃO DE UM FRAUDÁRIO, ESPELHOS E TRAVA NAS PORTAS DOS BIOMBOS DO BANHEIRO PÚBLICO FEMININO LOCALIZADO NA PRAÇA FREI TIMÓTEO</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/72/72_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/72/72_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DE OFÍCIO AO DEPARTAMENTO MUNICIPAL DE SAÚDE QUANTO A VIABILIDADE DE SE MANTER, JUNTAMENTE COM O MOTORISTA PLANTONISTA DA AMBULÂNCIA, UM ENFERMEIRO OU AUXILIAR DE ENFERMAGEM, COM O INTUITO DE DAR O ADEQUADO PRIMEIRO ATENDIMENTO</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/75/75_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DE OFÍCIO AO SR. DURVAL AMARAL, PARABENIZANDO-O PELA ASSUNÇÃO AO CARGO DE CONSELHEIRO DO TCE/PR</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/74/74_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DE OFÍCIO À DIRETORIA REGIONAL DO PARANÁ DOS CORREIOS, SOLICITANDO O AUMENTO NO NÚMERO DE CARTEIROS ENTREGADORES DE CORRESPONDÊNCIAS</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/85/85_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ENVIO DE OFÍCIO AO JOVEM DIHEYSON ADALBERTO FURLAN CUNHA PARABENIZANDO-O PELA APROVAÇÃO NO EXAME DA OAB</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/86/86_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ENVIO DE OFÍCIO A COORDENAÇÃO DO ENCONTRO DA UNIDADE, PARABENIZANDO-OS PELO SUCESSO DO EVENTO</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/87/87_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/87/87_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A ANTECIPAÇÃO DO DÉCIMO TERCEIRO SALÁRIO AOS SERVIDORES PÚBLICOS MUNICIPAIS, BEM COMO CESTAS BÁSICAS E ABONO SALARIAL NESTE EXERCÍCIO</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/91/91_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/91/91_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A VIABILIDADE DE SE CRIAR A GUARDA MUNICIPAL, COMO FORMA DE COIBIR A CRIMINALIDADE</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/92/92_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/92/92_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONSTRUÇÃO DE UM PRONTO ATENDIMENTO INFANTIL EM JATAIZINHO, COM PEDIATRA VINTE E QUATRO HORAS POR DIA</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/93/93_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/93/93_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A MEDIDAS URGENTES QUANTO A UM LIXÃO CLANDESTINO EXISTENTE NA ESTRADA PARA A LOCALIDADE DO TAQUARI</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/95/95_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/95/95_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, QUANTO VIABILIDADE DE SE CONSTRUIR UM PONTO TURÍSTICO DENOMINADO &amp;#8220;CRISTO LUZ&amp;#8221;, NA ESTRADA DO TAQUARI, PONTO MAIS ALTO DE JATAIZINHO</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/96/96_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/96/96_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, QUANTO A VIABILIDADE DE SE PROMOVER ATENDIMENTO NOS POSTOS DE SAÚDE ATÉ ÀS 22H00 (VINTE E DUAS HORAS)</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/97/97_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/97/97_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, QUANTO A VIABILIDADE DE SE PROMOVER O ATENDIMENTO NOS CENTROS DE EDUCAÇÃO INFANTIL AOS SÁBADOS PELA MANHÃ E DE SEGUNDA A SEXTA-FEIRA DAS 06H00 (SEIS HORAS) ATÉ AS 18H00 (DEZOITO HORAS)</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/98/98_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/98/98_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, QUANTO A VIABILIDADE DE SE CRIAR UMA &amp;#8220;ESCOLINHA DE FUTEBOL&amp;#8221; EM JATAIZINHO</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/99/99_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/99/99_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, QUANTO A VIABILIDADE DE SE CRIAR O &amp;#8220;ESCOTEIROS MIRINS&amp;#8221; EM JATAIZINHO</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/116/116_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/116/116_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO A ASSOCIAÇÃO COMERCIAL DE JATAIZINHO E AO EXECUTIVO MUNICIPAL, QUANTO A REALIZAÇÃO DE AÇÃO CONJUNTA COM VISTAS A PROMOVER UM MUTIRÃO PARA LIMPAR O NOME DE CONSUMIDORES JATAIZINHENSES</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/117/117_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/117/117_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A PINTURA DOS MEIOS-FIOS DAS RUAS DO CENTRO DA CIDADE DE JATAIZINHO</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>ALEX FARIA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/14/14_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/14/14_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO SR. WANDERLEY MORENO BAPTISTA, DIRETOR DO SAAE, PARABENIZANDO-O PELOS 35 ANOS DEDICADOS A VIDA PÚBLICA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/24/24_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/24/24_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO SR. CELSO APARECIDO BIOLADA, PRESIDENTE DA ASSOCIAÇÃO DE MORADORES DA VILA FREDERICO LUCAREWISKI, PARABENIZANDO-O PELO TRABALHANDO DESENVOLVIDO JUNTO A COMUNIDADE LOCAL</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/109/109_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/109/109_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARABENIZANDO O SR. PASTOR CLOVIS GALVÃO, PELO ENGAJAMENTO À FRENTE DA IGREJA PRESBITERIANA DE JATAIZINHO</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/110/110_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/110/110_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARABENIZANDO O SR. PADRE AMILTON SERINO CÍCERO SAMPAIO, PELO ENGAJAMENTO À FRENTE DA IGREJA CATÓLICA DE JATAIZINHO</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/111/111_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/111/111_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARABENIZANDO O SR. PADRE APARECIDO DONIZETE DE SOUZA, PELO ENGAJAMENTO À FRENTE DA IGREJA CATÓLICA DE JATAIZINHO</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/112/112_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/112/112_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARABENIZANDO O SR. PREFEITO MUNICIPAL WILSON FERNANDES, PELO ENGAJAMENTO À FRENTE DO EXECUTIVO MUNICIPAL DE JATAIZINHO</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/113/113_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/113/113_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARABENIZANDO A SRA. TÂNIA MARA PANSARDI OURO, PELO ENGAJAMENTO À FRENTE DO DEPARTAMENTO MUNICIPAL DE SAÚDE DE JATAIZINHO</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/114/114_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/114/114_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARABENIZANDO O SR. SANDRO JULIANO FIDELIS, PELO ENGAJAMENTO À FRENTE DA DIREÇÃO DA CÂMARA MUNICIPAL DE JATAIZINHO</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/115/115_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/115/115_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARABENIZANDO O SR. JOÃO PINTO FILHO, PELO ENGAJAMENTO À FRENTE DA DIREÇÃO DO SAAE</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/118/118_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/118/118_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARABENIZANDO O SR. SEBASTIÃO EDGAR CONTATO, PELA PROMOÇÃO DE EMPREENDIMENTOS EM PROL DE NOSSA COMUNIDADE</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/119/119_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/119/119_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARABENIZANDO O SR. LUIZ ALL SIMÃO, PELA PROMOÇÃO DE EMPREENDIMENTOS EM PROL DE NOSSA COMUNIDADE</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/120/120_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/120/120_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARABENIZANDO O SR. JAIR RAFAELLI, PELA PROMOÇÃO DE EMPREENDIMENTOS EM PROL DE NOSSA COMUNIDADE</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/121/121_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/121/121_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARABENIZANDO O SR. JOTA LOPES DE MENESES, PELA DEDICAÇÃO E TRABALHO COMO FUNCIONÁRIO PÚBLICO DO SAAE POR MAIS DE 37 ANOS</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>Diego Furlan, Márcio da Silva, MAURÍLIO MARTIELHO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/13/13_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/13/13_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O ARTIGO 73A À LEI ORGÂNICA DO MUNICÍPIO DE JATAIZINHO</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>MAURÍLIO MARTIELHO, Luiz Brandão</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/127/127_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/127/127_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O HORÁRIO DE POSSE E COMPROMISSO DOS VEREADORES DA CÂMARA MUNICIPAL DE JATAIZINHO DAS DEZ HORAS PARA AS DEZENOVE HORAS</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Wilson Fernandes</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/1/1_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/1/1_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>Mesa Executiva</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/2/2_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/2/2_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DO SUBSÍDIO DOS VEREADORES, PREFEITO, VICE-PREFEITO E SECRETÁRIOS MUNICIPAIS DE JATAIZINHO, ESTADO DO PARANÁ.</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/7/7_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/7/7_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À BIBLIOTECA CIDADÃ</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/15/15_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/15/15_texto_integral.pdf</t>
   </si>
   <si>
     <t>OUTORGA AO SR. WANDERLEY MORENO BAPTISTA, DIRETOR DO SAAE, A COMENDA JATAY</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/25/25_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/25/25_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O VALOR DO SALÁRIO MÍNIMO MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/26/26_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O REPASSE MENSAL DE ATÉ R$ 0,18 (DEZOITO CENTAVOS) PER CAPITA POR HABITANTE, AO FUNDO MUNICIPAL DE SAÚDE DE LONDRINA, PARA CUSTEIO DO SERVIÇO DE ATENDIMENTO MÉDICO DE URGÊNCIA - SAMU NO MUNICÍPIO DE JATAIZINHO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/27/27_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/27/27_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DO MUSEU MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/28/28_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/28/28_texto_integral.pdf</t>
   </si>
   <si>
     <t>OBRIGA A REALIZAÇÃO DO &amp;#8220;TESTE DO CORAÇÃOZINHO&amp;#8221; (EXAME DE OXIMETRIA DE PULSO) EM TODOS OS RECÉM NASCIDOS NOS BERÇÁRIOS DOS HOSPITAIS DE JATAIZINHO.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/41/41_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/41/41_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER REPOSIÇÃO SALARIAL AOS SERVIDORES PÚBLICOS MUNICIPAIS ATIVOS, APOSENTADOS E PENSIONISTAS DA ADMINISTRAÇÃO DIRETA E INDIRETA DO MUNICÍPIO DE JATAIZINHO, ESTADO DO PARANÁ</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/42/42_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/42/42_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O REPASSE MENSAL DE ATÉ R$ 0,50 (CINQUENTA CENTAVOS) PER CAPITA POR HABITANTE, AO FUNDO MUNICIPAL DE SAÚDE DE LONDRINA, PARA CUSTEIO DO SERVIÇO DE ATENDIMENTO MÉDICO DE URGÊNCIA - SAMU, NO MUNICÍPIO DE JATAIZINHO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/46/46_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/46/46_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O PISO SALARIAL CONCERNENTE AOS CARGOS DE EDUCADOR INFANTIL E PROFESSOR</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/52/52_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/52/52_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A DESAFETAR E CONCEDER O DIREITO REAL DE USO PARA ÁREA DE TERRENO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/53/53_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/53/53_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O MUNICÍPIO DE JATAIZINHO PARA O EXERCÍCIO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/58/58_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/58/58_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DE JATAIZINHO A FRANCISCO ASSIS DE CARVALHO</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/59/59_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/59/59_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE JATAIZINHO O DIA DO CÍRCULO DE ORAÇÃO</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/73/73_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ADERIR AO CONSÓRCIO INTERMUNICIPAL ARCO NORTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/76/76_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/76/76_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO DE METAS E PRIORIDADES DA LEI MUNICIPAL 979/2012 (LEI DE DIRETRIZES ORÇAMENTÁRIAS)</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/77/77_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/77/77_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ATENDIMENTO BANCÁRIO NO MUNICÍPIO DE JATAIZINHO, ESTABELECE SANÇÕES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/78/78_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/78/78_texto_integral.pdf</t>
   </si>
   <si>
     <t>RATIFICA O PROTOCOLO DE INTENÇÕES FIRMADO ENTRE OS MUNICÍPIOS INTEGRANTES DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DO MÉDIO PARANAPANEMA - CISMEPAR</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/79/79_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/79/79_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DE AÇÃO NO PLANO PLURIANUAL - PPA PARA O QUADRIÊNIO 2010/2013 E NA LEI DE DIRETRIZES ORÇAMENTÁRIAS - LDO PARA O EXERCÍCIO DE 2012 E AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO PROGRAMA DO MUNICÍPIO PARA O EXERCÍCIO DE 2012</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/82/82_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/82/82_texto_integral.pdf</t>
   </si>
   <si>
     <t>REORGANIZA O PLANO DE CARGOS, CARREIRA E REMUNERAÇÃO DOS SERVIDORES PÚBLICOS DO SAAE - SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO DO MUNICÍPIO DE JATAIZINHO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/84/84_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SUBSÍDIO DOS VEREADORES DO MUNICÍPIO DE JATAIZINHO, ESTADO DO PARANÁ, PARA A LEGISLATURA DE 2013 A 2016</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/83/83_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/83/83_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SUBSÍDIO MENSAL DO PREFEITO, VICE-PREFEITO E DOS SECRETÁRIOS MUNICIPAIS DO MUNICÍPIO DE JATAIZINHO, ESTADO DO PARANÁ, PARA OS EXERCÍCIOS DE 2013 A 2016</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/89/89_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/89/89_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A RECEBER, ATRAVÉS DE DAÇÃO EM PAGAMENTO, BENS IMÓVEIS DE GIACOMINO PANSARDI JUNIOR E OUTROS</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/90/90_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/90/90_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 2º, DA LEI 977/2012, DE 17/05/2012</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/103/103_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/103/103_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE JATAIZINHO PARA O EXERCÍCIO FINANCEIRO DE 2013</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/107/107_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/107/107_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL 895/2009 - PLANO PLURIANUAL - PPA 2010-2013; A LEI MUNICIPAL 950/2011 - LEI DE DIRETRIZES ORÇAMENTÁRIAS - LDO PARA O EXERCÍCIO DE 2012; E A LEI MUNICIPAL 979/2012 - LEI DE DIRETRIZES ORÇAMENTÁRIAS - LDO, PARA O EXERCÍCIO DE 2013</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/108/108_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/108/108_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL O SINDICATO DOS TRABALHADORES RURAIS DE JATAIZINHO</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/33/33_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/33/33_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O VALOR DO PISO SALARIAL DA CÂMARA MUNICIPAL DE JATAIZINHO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/40/40_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/40/40_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE REPOSIÇÃO SALARIAL AOS SERVIDORES DO QUADRO DE PESSOAL DA CÂMARA MUNICIPAL DE JATAIZINHO</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/122/122_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/122/122_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CÓDIGO DE ÉTICA E DECORO PARLAMENTAR E DEFINE OS RITOS PROCESSUAIS DE PERDA DE MANDATO DE COMPETÊNCIA DA CÂMARA MUNICIPAL DE JATAIZINHO</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/123/123_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/123/123_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA A COMISSÃO DE ÉTICA PARLAMENTAR &amp;#8211; CEP, NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL DE JATAIZINHO</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/128/128_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/128/128_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE, NO CORRENTE EXERCÍCIO FINANCEIRO, CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO PROGRAMA DO LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/6/6_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/6/6_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA INTEGRAL DO PROCESSO REFERENTE A COMISSÃO PARLAMENTAR DE INQUÉRITO - CPI (APURAÇÃO DE POSSÍVEIS IRREGULARIDADES NA EXECUÇÃO DE OBRA DE REFORMA DE PONTE SOBRE O RIBEIRÃO MAMORÉ)</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/16/16_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/16/16_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DA ATA DA SESSÃO ORDINÁRIA REALIZADA AOS 02/02/2012</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/17/17_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/17/17_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO A INSTALAÇÃO DE NOVOS POÇOS ARTESIANOS NA ZONA RURAL DE JATAIZINHO, EM ESPECIAL NA SESSÃO JANGADA E FAZENDA BERRANTE</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/18/18_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/18/18_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O ENVIO DE OFÍCIO AO SAAE SOLICITANDO INFORMAÇÕES QUANTO A DIVERSAS INDAGAÇÕES REFERENTES ÀS LAGOAS DE TRATAMENTO DE ESGOTO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/19/19_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/19/19_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O ENVIO DE OFÍCIO AO SAAE SOLICITANDO INFORMAÇÕES QUANTO AOS MOTIVOS DA EXISTÊNCIA DE DIVERSOS VEÍCULOS VELHOS NA ESTAÇÃO DE TRATAMENTO DE ESGOTO, ESCLARECENDO SE É PARA ATENDER FINALIDADES DO EXECUTIVO MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/30/30_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/30/30_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES SOBRE OS CRITÉRIOS PARA DISPONIBILIZAÇÃO DE VEÍCULO OFICIAL PARA TRANSPORTE DE PESSOAS AO CARTÓRIO ELEITORAL DA COMARCA DE URAÍ</t>
   </si>
   <si>
     <t>ALEX FARIA, JORGE PEREIRA, Miriam Tarosso</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/31/31_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/31/31_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO CARTÓRIO DA 84ª ZONA ELEITORAL DA COMARCA DE URAI, SOLICITANDO RELAÇÃO DOS CANDIDATOS ÀS ELEIÇÕES DE 2008 QUE TIVERAM SUAS CONTAS DESAPROVADAS COM TRANSITO EM JULGADO</t>
   </si>
   <si>
     <t>ALEX FARIA, JORGE PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/34/34_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/34/34_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO ENVIO DE OFÍCIO A RÁDIO NOVA GERAÇÃO DE JATAIZINHO SOLICITANDO INFORMAÇÕES QUANTO A DATA DA REALIZAÇÃO DA ÚLTIMA ELEIÇÃO PARA PRESIDÊNCIA DA MESMA E, SE NA DISPUTA, O PRESIDENTE ELEITO ERA FILIADO A PARTIDO POLÍTICO, BEM COMO A SITUAÇÃO DE FILIAÇÃO PARTIDÁRIA ATUAL, ESCLARECENDO QUAL A SIGLA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/35/35_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/35/35_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO SEJA O PRESIDENTE/REPRESENTANTE DA RÁDIO COMUNITÁRIA NOVA GERAÇÃO CONVIDADO A PARTICIPAR DA SESSÃO ORDINÁRIA DE 22/03/12 OU OUTRA A SER DEFINIDA, PARA EXPLANAR QUANTO A FORMA DA COBRANÇA DOS PATROCÍNIOS E APOIOS CULTURAIS, BEM COMO SE ESTES PROCEDIMENTOS ESTÃO SEGUINDO O DEFINIDO PELO MINISTÉRIO DAS COMUNICAÇÕES</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/36/36_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/36/36_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO TRIBUNAL REGIONAL ELEITORAL DO PARANÁ, SOLICITANDO DIVERSAS INFORMAÇÕES RELACIONADAS A FORMA DE INSERÇÃO DE INFORMAÇÕES NAS URNAS ELETRÔNICAS POR OCASIÃO DAS ELEIÇÕES</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/43/43_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/43/43_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO A CONVOCAÇÃO DA DIRETORA DO DEPARTAMENTO MUNICIPAL DE SAÚDE, PARA PARTICIPAR DA SES. ORDINÁRIA DE 05/04/12, PARA EXPLICAR SOBRE A FALTA DE MÉDICOS NOS POSTOS DE SAÚDE E OS MOTIVOS DE AS FARMÁCIAS DOS POSTOS DE SAÚDE ABRIREM SOMENTE APÓS ÀS 11H30</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/44/44_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/44/44_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DA ATA DA SESSÃO ORDINÁRIA DE 15/03/2012</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/45/45_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/45/45_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CERTIDÃO ONDE CONSTE A ADVERTÊNCIA PROFERIDA AO SR. VEREADOR MAURÍLIO MARTIELHO DURANTE A SESSÃO ORDINÁRIA DE 15/03/12</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/47/47_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/47/47_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES E CÓPIA DE DOCUMENTOS REFERENTES AS NORMAS E LEGISLAÇÃO PARA A INSTALAÇÃO DE QUEBRA-MOLAS NAS RUAS DE JATAIZINHO</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/49/49_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/49/49_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER ENVIO DE OFÍCIO A SUPERINTENDENCIA DO BANCO DO BRASIL SOLICITANDO INFORMAÇÕES QUANTO AOS MOTIVOS DA FALTA DE DINHEIRO NOS CAIXAS ELETRÔNICOS DA AGÊNCIA DO BANCO EM JATAIZINHO, PRINCIPALMENTE NOS FINAIS DE SEMANA. REQUER AINDA O ENVIO DE OF. À OUVIDORIA E A AGÊNCIA LOCAL, INFORMANDO DO TEOR DESTE</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/50/50_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/50/50_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O ENVIO DE OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIA DOS DOCUMENTOS DE ARRECADAÇÃO MUNICIPAL - DAM, REFERENTES AO PAGAMENTO DE HORAS/MÁQUINA E CAMINHÃO, EMITIDOS E RECOLHIDOS DE JANEIRO/2011 ATÉ A PRESENTE DATA</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/51/51_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/51/51_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO AOS NOMES DOS OCUPANTES DE CARGOS EM COMISSÃO QUE FORAM EXONERADOS ATÉ 07/04/2012, BEM COMO ONDE SE ENCONTRAM LOTADOS, SETOR E CARGO, DAQUELES QUE SÃO SERVIDORES EFETIVOS DO QUADRO DO MUNICÍPIO</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/57/57_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/57/57_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO INFORMAÇÕES QUANTO A FORMA DE AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS DIRETO DO PRODUTOR RURAL</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/60/60_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/60/60_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIA INTEGRAL DOS PROCESSOS LICITATÓRIOS NA MODALIDADE PREGÃO PRESENCIAL, SOB OS NºS. 004 E 019/2012, BEM COMO OUTRAS INFORMAÇÕES</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/61/61_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/61/61_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIA INTEGRAL DOS PROCESSOS LICITATÓRIOS NA MODALIDADE PREGÃO PRESENCIAL, SOB OS NºS. 006 E 014/2012, BEM COMO OUTRAS INFORMAÇÕES</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>MAURÍLIO MARTIELHO, Márcio da Silva</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/62/62_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/62/62_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DOS PROCESSOS LICITATÓRIOS NA MODALIDADE PREGÃO PRESENCIAL NºS 004 E 019/2012, ENTRE OUTRAS INFORMAÇÕES E CÓPIAS</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/63/63_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/63/63_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DOS PROCESSOS LICITATÓRIOS NA MODALIDADE PREGÃO PRESENCIAL NºS 006 E 014/2012, ENTRE OUTRAS INFORMAÇÕES E CÓPIAS</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/64/64_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/64/64_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DO PROCESSO LICITATÓRIO NA MODALIDADE PREGÃO PRESENCIAL Nº 005/2012, ENTRE OUTRAS INFORMAÇÕES E CÓPIAS</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>ALEX FARIA, ERIC BRUNO, Ivone Baroto, José Rodrigues, Luiz Brandão</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/70/70_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER ENVIO DE OFÍCIO AO DEP. MUN. DE RECURSOS HUMANOS, SOLICITANDO INFORMAÇÕES SOBRE A QUANTIDADE DE SERVIDORES QUE RECEBER HORAS-EXTRAS E SERVIDORES QUE EXERCEM FUNÇÕES QUE PODEM GERAR TAL BENEFÍCIO</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/71/71_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O ENVIO DE OFÍCIO CONVIDANDO O PRESIDENTE DO SINDICATO DOS SERVIDORES PÚBLICOS MUNICIPAIS DE JATAIZINHO PARA ESCLARECIMENTO SE EXISTEM "PERSEGUIÇÕES POLÍTICAS" CONTRA SERVIDORES, BEM COMO SOBRE O ATUAL RELACIONAMENTO COM O EXECUTIVO MUNICIPAL</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Diego Furlan, MAURÍLIO MARTIELHO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/88/88_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/88/88_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIAS E INFORMAÇÕES REFERENTES AOS CONCURSOS PÚBLICOS REALIZADOS ENTRE 2005 E 20/06/2012, EM TODAS AS ESFERAS</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/94/94_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/94/94_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXECUTIVO MUNICIPAL CÓPIA INTEGRAL DO PROCESSO DE LICITAÇÃO, MODALIDADE PREGÃO Nº 104/2010, REFERENTE A AQUISIÇÃO DE MÁQUINA PÁ-CARREGADEIRA, NO VALOR DE R$ 323.000,00</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/100/100_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/100/100_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO INFORMAÇÕES QUANTO AOS MOTIVOS DA SUSPENSÃO DA TRANSMISSÃO DAS SESSÕES DA CÂMARA NA RÁDIO COMUNITÁRIA</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/101/101_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/101/101_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SUA DESTITUIÇÃO DA COMISSÃO PROCESSANTE CONSTITUÍDA PELA PORTARIA 014/2012</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/102/102_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/102/102_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SUA DESTITUIÇÃO DA COMISSÃO PROCESSANTE CONSTITUÍDA PELAS PORTARIAS 014 E 015/2012</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/104/104_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/104/104_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO RELAÇÃO DE SERVIDORES QUE GOZARAM FÉRIAS DE JANEIRO DE 2011 ATÉ A PRESENTE DATA, BEM COMO PORTARIA DE CONCESSÃO E DATA DE PUBLICAÇÃO</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/105/105_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/105/105_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIA DOS PARECERES DA CONTROLADORIA INTERNA REFERENTE A PROCESSOS LICITATÓRIOS DE JAN/2009 A OUT/2012</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/106/106_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/106/106_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO DEPARTAMENTO MUNICIPAL DE ASSISTÊNCIA SOCIAL, SOLICITANDO RELATÓRIO DETALHADO DAS DESPESAS REALIZADAS MÊS A MÊS DE JANEIRO A SETEMBRO DE 2012, DISCRIMINANDO TODAS AS DESPESAS</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/126/126_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/126/126_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER ENVIO DE OFÍCIO AO CONTROLADOR INTERNO DO MUNICÍPIO DE JATAIZINHO, SOLICITANDO CÓPIA DOS PARECERES EMITIDOS POR ESTE REFERENTE AOS PROCESSOS LICITATÓRIOS REALIZADOS PELO EXECUTIVO MUNICIPAL ENTRE JANEIRO DE 2009 E OUTUBRO DE 2012</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1608,68 +1608,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/126/126_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2012/126/126_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H125"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="61.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>