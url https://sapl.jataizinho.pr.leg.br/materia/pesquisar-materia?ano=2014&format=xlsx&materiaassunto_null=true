--- v0 (2026-01-09)
+++ v1 (2026-03-17)
@@ -54,1770 +54,1770 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>ALEX FARIA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/601/601_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/601/601_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O QUADRO DE DETALHAMENTO DA DESPESA ORÇAMENTÁRIA DA UNIDADE GESTORA CÂMARA MUNICIPAL DE JATAIZINHO, DO ORÇAMENTO-PROGRAMA DO MUNICÍPIO DE JATAIZINHO PARA O EXERCÍCIO DE 2015</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>ALEX FARIA, MAURÍLIO MARTIELHO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/614/614_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/614/614_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA O TEXTO DO ART. 6º, DO PROJETO DE LEI Nº. 023/2014</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Fabio Polonia, Anilton Murari, LAÉRCIO QUITÉRIO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/477/477_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/477/477_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONSTRUÇÃO DE COBERTURA NOS PONTOS DE EMBARQUE E DESEMBARQUE DE ESTUDANTES</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/478/478_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/478/478_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A ACEJA PARABENIZANDO-OS PELO EMPENHO E DEDICAÇÃO NA PARCERIA PARA A CONFECÇÃO DOS ENFEITES NATALINOS</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/483/483_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/483/483_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A SECRETARIA DE ESTADO DA SAÚDE, QUANTO A DESTINAÇÃO DE UMA NOVA AMBULÂNCIA PARA O SISTEMA DE SAÚDE MUNICIPAL</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/491/491_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/491/491_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A REVITALIZAÇÃO DA SINALIZAÇÃO DE TRÂNSITO NAS RUAS E QUEBRA-MOLAS DE TODA A CIDADE</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Clovis Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/492/492_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/492/492_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO PROVIDÊNCIAS QUANTO AO ESGOTO A CÉU ABERTO LOCALIZADO NA RUA DO MEIO, NA VILA PAVÃO</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/493/493_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/493/493_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A EMPRESA ECONORTE, SOLICITANDO ESTUDEM A VIABILIDADE DE SE CONCEDER ISENÇÃO TOTAL DO PAGAMENTO DO PEDÁGIO AOS MORADORES DE JATAIZINHO</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>GORDO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/494/494_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/494/494_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO PROVIDÊNCIAS QUANTO AO ESTADO DE CONSERVAÇÃO DOS TERRENOS LOCALIZADOS NO JARDIM MARIA JÚLIA</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/495/495_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/495/495_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO PROVIDÊNCIAS QUANTO AO ESTADO DE CONSERVAÇÃO DOS TERRENOS LOCALIZADOS NA AV. ORLANDO SALLES STRIQUER</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/496/496_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/496/496_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA DE TODA A CIDADE</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/497/497_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/497/497_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO SEBRAE E AO SENAI, QUANTO A POSSIBILIDADE DE SE OFERECER A NOSSA POPULAÇÃO CURSOS PROFISSIONALIZANTES EM JATAIZINHO</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/498/498_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/498/498_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO SUB COMANDANTE DO 5ºBPM, MAJOR FÁBIO LUIZ RINCOSKI, QUANTO A DISPONIBILIZAÇÃO DE EFETIVO POLICIAL PARA COBERTURA DO EVENTO ENCONTRO DE CARROS ANTIGOS</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/499/499_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/499/499_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A SECRETARIA DE ESTADO DA SAÚDE, QUANTO A DISPONIBILIZAÇÃO DE UM APARELHO DE RAIO-X DIGITAL PARA A REDE MUNICIPAL DE SAÚDE</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/500/500_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/500/500_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A SRA. BIA MOREIRA, PARABENIZANDO-A PELO BRILHANTE TRABALHO QUE DESENVOLVE NO MUNDO DAS ARTES, DIVULGANDO O NOME DE NOSSA CIDADE NO PAÍS E NO MUNDO</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/501/501_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/501/501_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A DIREÇÃO REGIONAL DO SESC/PR, QUANTO A POSSIBILIDADE DE SE DISPONIBILIZAR À NOSSA COMUNIDADE DE JATAIZINHO, O ODONTOSESC</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/502/502_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/502/502_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A DIREÇÃO E TODOS OS DEMAIS PROFISSIONAIS DA APMIF, PARABENIZANDO-OS PELO TRABALHO DESENVOLVIDO DURANTE OS ANOS EM PROL DE NOSSA COMUNIDADE</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Anilton Murari, Fabio Polonia, LAÉRCIO QUITÉRIO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/504/504_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/504/504_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A VIABILIZAÇÃO DE UMA CAMPANHA DE CONSCIENTIZAÇÃO QUANTO A COLETA SELETIVA DE LIXO</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/513/513_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/513/513_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO SERVIDOR MUNICIPAL ALTAMIR PAVÃO, QUANTO A CONSTRUÇÃO DE PASSEIO PÚBLICO (CALÇAMENTO) NA AV. ORLANDO SALLES STRIQUER</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/514/514_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/514/514_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, QUANTO A MELHORIAS NA ESTRADA RURAL NA LOCALIDADE DO MACARRÃO GALO</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>GORDO, Adilson Gonçalves, Anilton Murari, Fabio Polonia</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/515/515_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/515/515_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A EMPRESA OI SA, QUANTO A LIMPEZA DO TERRENO DA EMPRESA ONDE SE ENCONTRAM SUAS INSTALAÇÕES</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/516/516_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/516/516_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AOS CORREIOS, QUANTO A VIABILIZAÇÃO DE MELHORES SERVIÇOS PARA A COMUNIDADE JATAIZINHENSE</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/517/517_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/517/517_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A EMPRESA ECONORTE, QUANTO A ILUMINAÇÃO DA BR-369, DESDE O TREVO JATAIZINHO/CORNÉLIO PROCÓPIO ATÉ A PRAÇA DE PEDÁGIO</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/518/518_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/518/518_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO DER/PR, QUANTO A DUPLICAÇÃO DA PONTE SOBRE O RIBEIRÃO JATAIZINHO, NA PR-443, PERÍMETRO URBANO</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/527/527_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/527/527_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, QUANTO A REGULARIZAÇÃO DA RUA ALMIR DASCHEVE, BEM COMO A PROMOÇÃO DE MELHORIAS DE CONSERVAÇÃO, COMO MEIO-FIO E PAVIMENTAÇÃO ASFÁLTICA</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>GORDO, Adilson Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/528/528_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/528/528_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO SR. ALTAMIR PAVÃO, DIRETOR DO DEPARTAMENTO DE OBRAS, QUANTO A CONSTRUÇÃO DE UMA &amp;#8220;BOCA DE LOBO&amp;#8221; NA RUA MARANHÃO, CONJUNTO GUIDO ZANINI</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>GORDO, Adilson Gonçalves, Anilton Murari, Fabio Polonia, JORGE PEREIRA, LAÉRCIO QUITÉRIO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/529/529_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/529/529_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO SR. ALTAMIR PAVÃO, DIRETOR DO DEPARTAMENTO DE OBRAS, QUANTO A CONSTRUÇÃO DE TUBULAÇÃO ENTRE AS RUAS ROQUE CONDUTA E AIRTON SENNA DA SILVA, NO LOTEAMENTO DIONÍSIO STRIQUER</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/530/530_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/530/530_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO SR. ALTAMIR PAVÃO, DIRETOR DO DEPARTAMENTO DE OBRAS, QUANTO A PINTURA DAS PARADAS DE ÔNIBUS EM TODOS OS PONTOS DA CIDADE</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Anilton Murari</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/531/531_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/531/531_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A COPEL QUANTO A PROVIDÊNCIAS NA MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA DO MUNICÍPIO DE JATAIZINHO</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/532/532_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/532/532_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO SR. ALTAMIR PAVÃO, DIRETOR DO DEPARTAMENTO MUNICIPAL DE OBRAS, QUANTO A POSSIBILIDADE DE SE CONSTRUIR PASSARELAS COM COBERTURA NAS ESCOLAS MUNICIPAIS PARA OS DIAS DE CHUVA</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/533/533_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/533/533_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A MANUTENÇÃO DA TUBULAÇÃO DE ESGOTO NA RUA JOSÉ ALVES, ESQUINA COM SAKAE KYOSEN, NO JD. MARIA JULIA</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Fabio Polonia</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/534/534_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/534/534_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO SRA. SÔNIA SCHIAVON, PRESIDENTE DA ACEJA, PARABENIZANDO-A PELOS SERVIÇOS PRESTADOS PELA ASSOCIAÇÃO A COMUNIDADE JATAIZINHENSE</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/535/535_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/535/535_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO SR. ALMIR MONTECELLI, PARABENIZANDO-O POR TER SIDO O APRESENTADOR DA 1ª FESTA JUNINA DE JATAIZINHO</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/538/538_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/538/538_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, QUANTO A INSTALAÇÃO DE QUEBRA-MOLAS COMO O EXISTENTE DEFRONTE AO BANCO DO BRASIL, NA AVENIDA NICOLA PANSARDI, DEFRONTE AO COLÉGIO ESTADUAL PARIGOT DE SOUZA</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/539/539_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/539/539_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, QUANTO A INSTALAÇÃO DE QUEBRA-MOLAS NA AVENIDA NICOLA PANSARDI, DEFRONTE AO SUPERMERCADO AUSEC</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>GORDO, Adilson Gonçalves, Fabio Polonia</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/540/540_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/540/540_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, QUANTO TRANSFORMAÇÃO DA RUA OSVALDO PANSARDI, NO JARDIM MARIA JÚLIA, EM RUA DE SENTIDO ÚNICO</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/541/541_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/541/541_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, QUANTO A INSTALAÇÃO DE PLACAS DE PARADAS DE ÔNIBUS DEFRONTE AS ESCOLAS MUNICIPAIS PRINCESA IZABEL, VICENTE RODRIGUES MONTEIRO E D. PEDRO II, BEM COMO DEFRONTE AOS COLÉGIOS ESTADUAIS ADÉLIA ANTUNES LOPES E PARIGOT DE SOUZA</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/543/543_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/543/543_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO DER/PR AGRADECENDO QUANTO A INSTALAÇÃO DE UM GUARD RAIL NA ESTRADA RURAL LOCALIZADA NO FREI TIMÓTEO</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/544/544_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/544/544_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO IAP/COPATI QUANTO A REPOVOAÇÃO DO RIO TIBAGI PRÓXIMO A CIDADE</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/545/545_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/545/545_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A ECONORTE QUANTO A DOAÇÃO DO ASFALTO QUE ESTA SENDO RETIRADO DA BR-369 PARA RECAPEAMENTO</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/546/546_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/546/546_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, QUANTO A POSSIBILIDADE DE SE CONSTRUIR UM MINI TERMINAL RODOVIÁRIO NO TERRENO MUNICIPAL LOCALIZADO AO LADO DO CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL IEDA GARCIA TANAKA</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/555/555_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/555/555_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A AFIXAÇÃO DE SINALIZAÇÃO DE PROIBIÇÃO DE ESTACIONAR DEFRONTE A IGREJA LOCALIZADA NA AVENIDA ORLANDO SALLES STRIQUER</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/556/556_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/556/556_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONSTRUÇÃO DE UMA NOVA SALA PARA O ARMAZENAMENTO DOS ARQUIVOS MUNICIPAIS</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/557/557_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/557/557_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO O ALARGAMENTO (DUPLICAÇÃO) DA PONTE SOBRE O RIBEIRÃO JATAIZINHO, QUE DÁ ACESSO A VILA FREDERICO LUCAREWISKI</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/567/567_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/567/567_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A REFORMA DA DELEGACIA DE POLÍCIA DE JATAIZINHO</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/568/568_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/568/568_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CRIAÇÃO DE UM CALÇADÃO NA AV. GETÚLIO VARGAS, DEFRONTE A PRAÇA FREI TIMÓTEO</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/569/569_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/569/569_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A AQUISIÇÃO DE UM DESFIBRILADOR PARA USO NA REDE MUNICIPAL DE SAÚDE</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/570/570_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/570/570_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A COPEL QUANTO A MANUTENÇÃO DA ILUMINAÇÃO DA RUA TIBAGI E AV. ORLANDO SALLES STRIQUER</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/571/571_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/571/571_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A VIAÇÃO OURO BRANCO QUANTO A CONSTRUÇÃO DE UM PONTO DE ÔNIBUS NA AV. PARANÁ, BEM COMO CONSERVAÇÃO DOS LOCALIZADOS NA VILA FREDERICO E CONJUNTO OCTAVIANO DUARTE</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/576/576_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/576/576_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A SINALIZAÇÃO DE UM QUEBRA-MOLAS DEFRONTE A APAE</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/577/577_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/577/577_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A FINALIZAÇÃO DOS TRABALHOS DE ESCOAMENTO DO ESGOTO NA RUA PIAUÍ, NA VILA FREDERICO LUCAREWISKI</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/578/578_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/578/578_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONSTRUÇÃO DE UMA PISTA DE ATLETISMO E CAMINHADA AS MARGENS DO RIBEIRÃO JATAIZINHO</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/579/579_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/579/579_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A DIRETORIA DA APAE PARABENIZANDO PELO EVENTO REALIZADO EM DATA DE ONTEM</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/580/580_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/580/580_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONSTRUÇÃO DE UMA QUADRA DE FUTEBOL DE AREIA NA VILA FREDERICO LUCAREWISKI</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/581/581_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/581/581_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A PINTURA DA FAIXA DE PEDESTRES DEFRONTE AS ESCOLAS, POSTOS DE SAÚDE E APAE</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/582/582_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/582/582_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A SECRETARIA DE ESTADO DA SEGURANÇA QUANTO A DISPONIBILIZAÇÃO DE UMA NOVA VIATURA PARA A PATRULHA ESCOLAR</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/583/583_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/583/583_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A REPINTURA DO GINÁSIO DE ESPORTES MUNICIPAL</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/587/587_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/587/587_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A PROMOÇÃO DA DEVIDA SINALIZAÇÃO DE PROIBIÇÃO DE ESTACIONAR NA ESQUINA DA RUA TIBAGI COM A AVENIDA NICOLA PANSARDI</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/588/588_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/588/588_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO COMANDO DO 18º BATALHÃO DE POLÍCIA MILITAR QUANTO AO AUMENTO DO PATRULHAMENTO RURAL EM JATAIZINHO</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/590/590_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/590/590_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A REFORMA DA QUADRA LOCALIZADA NO CONJUNTO HABITACIONAL FAMÍLIA YNOUE</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/591/591_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/591/591_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, DER E ECONORTE, QUANTO A CONSTRUÇÃO DE UMA ROTATÓRIA NA ENTRADA DE JATAIZINHO</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/592/592_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/592/592_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONSTRUÇÃO DE 02 QUEBRA-MOLAS NA AVENIDA PARANÁ, NO CONJUNTO HABITACIONAL OCTAVIANO DUARTE</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/600/600_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/600/600_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A VIAÇÃO OURO BRANCO QUANTO A DISPONIBILIZAÇÃO DE TRANSPORTE COLETIVO NA LOCALIDADE RURAL DO ALTO ALEGRE</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/604/604_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/604/604_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONSTRUÇÃO DE QUEBRA-MOLAS NAS RUAS MATO GROSSO E MINAS GERAIS, NA VILA FREDERICO LUCAREWISKI</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/605/605_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/605/605_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONSTRUÇÃO DE UMA PISTA DE CAMINHADA NO CONJUNTO HABITACIONAL ANTONIO JOSÉ VIEIRA</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/606/606_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/606/606_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO SECRETÁRIO DE ESTADO DA SAÚDE QUANTO A DISPONIBILIZAÇÃO DE UM RAIO-X DIGITAL, UM DESFIBRILADOR E MACAS NOVAS PARA AS UNIDADES DE ATENDIMENTO DE SAÚDE DE JATAIZINHO</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/607/607_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/607/607_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO SECRETÁRIO DE ESTADO DA SEGURANÇA PÚBLICA QUANTO A DISPONIBILIZAÇÃO DA PATRULHA RURAL PARA ATENDIMENTO DE SEGURANÇA EM NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/609/609_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/609/609_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO À COPEL QUANTO A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA DEFRONTE A IGREJA LOCALIZADA NA RUA JOÃO SILVA</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/610/610_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/610/610_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONSTRUÇÃO DE UMA &amp;#8220;BOCA DE LOBO&amp;#8221; NA ESQUINA DA RUA TÂNIA LUCIA CORREA COM CURITIBA, NO CONJUNTO JOSÉ CORREA</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/611/611_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/611/611_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONSTRUÇÃO DE UM CAMPO DE FUTEBOL SUÍÇO NO CONJUNTO HABITACIONAL ANTONIO JOSÉ VIEIRA</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/616/616_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/616/616_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO DETRAN, QUANTO FORNECIMENTO DE PLACAS DE SINALIZAÇÃO PARA O MUNICÍPIO DE JATAIZINHO</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>JORGE PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/630/630_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/630/630_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A POSSIBILIDADE DE DESAPROPRIAÇÃO DO &amp;#8220;BAR DA PONTE&amp;#8221; PARA FINS TURÍSTICOS</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/631/631_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/631/631_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONSTRUÇÃO DE QUEBRA-MOLAS/PASSARELAS EM FRENTE A DIVERSAS IGREJAS E CMEI IEDA TANAKA</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>OFI</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>Élio Batista da Silva</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/598/598_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/598/598_texto_integral.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 259/2014-GAB, DE AUTORIA DO EXECUTIVO MUNICIPAL, SOLICITANDO A RETIRADA DE PAUTA DO PROJETO DE LEI Nº. 019/2014, QUE AUTORIZA O MUNICÍPIO DE JATAIZINHO, ATRAVÉS DO EXECUTIVO MUNICIPAL, A ADQUIRIR, MEDIANTE COMPRA, BEM IMÓVEL;</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/635/635_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/635/635_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO EXECUTIVO MUNICIPAL DE JATAIZINHO REFERENTES AOS EXERCÍCIOS FINANCEIROS DE 2010 E 2012</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Mesa Executiva</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/481/481_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/481/481_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DO SUBSÍDIO DOS VEREADORES, PREFEITO, VICE-PREFEITO E SECRETÁRIOS MUNICIPAIS DE JATAIZINHO, ESTADO DO PARANÁ</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/511/511_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/511/511_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE ABONO SALARIAL AOS SERVIDORES PÚBLICOS MUNICIPAIS</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/520/520_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/520/520_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O PROGRAMA DE ESTÁGIO DE ESTUDANTES NO ÂMBITO DO MUNICÍPIO DE JATAIZINHO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/521/521_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/521/521_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIAS AO PREFEITO, VICE-PREFEITO E AOS DEMAIS SERVIDORES DA ADMINISTRAÇÃO DIRETA E INDIRETA DE JATAIZINHO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/536/536_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/536/536_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL - REFIS, RELATIVO AOS DÉBITOS TRIBUTÁRIOS COM A FAZENDA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/537/537_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/537/537_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER DIREITO REAL DE USO SOBRE IMÓVEL PERTENCENTE A MUNICIPALIDADE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/542/542_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/542/542_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO MUNICÍPIO DE JATAIZINHO PARA O EXERCÍCIO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/549/549_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/549/549_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER REPOSIÇÃO E AUMENTO SALARIAL AOS SERVIDORES PÚBLICOS MUNICIPAIS ATIVOS, APOSENTADOS E PENSIONISTAS DA ADMINISTRAÇÃO DIRETA E INDIRETA DO MUNICÍPIO DE JATAIZINHO, ESTADO DO PARANÁ</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/553/553_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/553/553_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO II, DA LEI Nº 1004/2013, QUE DISPÕE SOBRE O PLANO DE CARGOS, CARREIRA E REMUNERAÇÃO DO MAGISTÉRIO PÚBLICO MUNICIPAL</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/558/558_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/558/558_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE JATAIZINHO PARA O EXERCÍCIO DE 2014</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/559/559_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/559/559_texto_integral.pdf</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/560/560_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/560/560_texto_integral.pdf</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/561/561_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/561/561_texto_integral.pdf</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/562/562_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/562/562_texto_integral.pdf</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/563/563_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/563/563_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE JATAIZINHO PARA O EXERCÍCIO DE 2014</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/564/564_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/564/564_texto_integral.pdf</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/565/565_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/565/565_texto_integral.pdf</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/566/566_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/566/566_texto_integral.pdf</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/589/589_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/589/589_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE JATAIZINHO, ATRAVÉS DO EXECUTIVO MUNICIPAL, A ADQUIRIR, MEDIANTE COMPRA, BEM IMÓVEL</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/593/593_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/593/593_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL DESTINADO A INSERIR NO ORÇAMENTO-PROGRAMA DO EXERCÍCIO DE 2014 DO SAAE A CONTA DE DESPESA ESPECÍFICA PARA ATENDER O EMPENHAMENTO DE DESPESAS COM "CONTRIBUIÇÕES" E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>Fabio Polonia, Anilton Murari</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/594/594_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/594/594_texto_integral.pdf</t>
   </si>
   <si>
     <t>OBRIGA AS AGÊNCIA BANCÁRIAS DE JATAIZINHO A INSTALAREM PORTA ELETRÔNICA GIRATÓRIA, CONFORME ESPECIFICA</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/596/596_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/596/596_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVISA A PROGRAMAÇÃO DO PLANO PLURIANUAL DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/597/597_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/597/597_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE JATAIZINHO PARA O EXERCÍCIO FINANCEIRO DE 2015</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/602/602_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/602/602_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 33, DA LEI Nº. 714, DE 21/06/2005, QUE ORGANIZA O PLANO DE CARGOS, CARREIRA E REMUNERAÇÃO DOS SERVIDORES DE JATAIZINHO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/608/608_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/608/608_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DE JATAIZINHO AO SR ANTONIO LUIZ DOS SANTOS FRAGATTI</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/615/615_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/615/615_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO PROGRAMA DO SERVIÇOS AUTÔNOMO DE ÁGUA E ESGOTO - SAAE NO EXERCÍCIO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/619/619_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/619/619_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE JATAIZINHO, ATRAVÉS DO EXECUTIVO MUNICIPAL, A ADQUIRIR MEDIANTE COMPRA, BEM IMÓVEL, DECORRENTE DE ESCOLHA POR PROCESSO DE DISPENSA DE LICITAÇÃO</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/621/621_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/621/621_texto_integral.pdf</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/482/482_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/482/482_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FILIAÇÃO DA CÂMARA MUNICIPAL DE JATAIZINHO À ASSOCIAÇÃO DE CÂMARAS, VEREADORES E GESTORES PÚBLICOS DO PARANÁ &amp;#8211; ACAMPAR</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/503/503_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/503/503_texto_integral.pdf</t>
   </si>
   <si>
     <t>HOMOLOGA O RESULTADO DO CONCURSO PÚBLICO Nº. 001/2013 DA CÂMARA MUNICIPAL DE JATAIZINHO, ESTADO DO PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/512/512_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/512/512_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A CONCESSÃO DE DIÁRIAS NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/550/550_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/550/550_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZADA A CONCESSÃO DE REPOSIÇÃO SALARIAL AOS SERVIDORES DO QUADRO DE PESSOAL DA CÂMARA MUNICIPAL DE JATAIZINHO</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/552/552_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/552/552_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ANTECIPAÇÃO PARCIAL DO RECESSO PARLAMENTAR DE JULHO</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/554/554_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/554/554_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCETA PARÁGRAFO AO ART. 75, DA RESOLUÇÃO Nº. 004/1998, QUE DISPÕE SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE JATAIZINHO</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/599/599_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/599/599_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DA CÂMARA MUNICIPAL DE JATAIZINHO, NO VALOR DE R$ 8.000,00 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/603/603_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/603/603_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DA CÂMARA MUNICIPAL DE JATAIZINHO, NO VALOR DE R$ 34.000,00 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/625/625_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/625/625_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DA CÂMARA MUNICIPAL DE JATAIZINHO, NO VALOR DE R$ 4.000,00 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/636/636_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/636/636_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DA CÂMARA MUNICIPAL DE JATAIZINHO, NO VALOR DE R$ 7.500,00 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/479/479_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/479/479_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO A EMPRESA OURO BRANCO, QUANTO A INSTALAÇÃO DE NOVOS PONTOS DE ÔNIBUS COBERTOS, BEM COMO A REFORMA DOS JÁ EXISTENTES</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/480/480_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/480/480_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO A COPEL, QUANTO AOS MOTIVOS DAS CONSTANTES QUEDAS NO SISTEMA DE DISTRIBUIÇÃO DE ENERGIA ELÉTRICA EM NOSSO MUNICÍPIO, EM ESPECIAL NA ZONA RURAL</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>MAURÍLIO MARTIELHO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/484/484_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/484/484_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO CÓPIA DO CONTRATO/CONVÊNIO FIRMADO COM O HOSPITAL SÃO CAMILO, DE OUTUBRO A DEZEMBRO/2013, NO VALOR DE R$76.000,00, BEM COMO DAS PRESTAÇÕES DE CONTAS DO MESMO PERÍODO</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/485/485_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/485/485_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO CÓPIA DO CONTRATO/CONVÊNIO FIRMADO COM O HOSPITAL SÃO CAMILO, EM JANEIRO/2014, NO VALOR DE R$106.000,00, BEM COMO DAS PRESTAÇÕES DE CONTAS DO MESMO PERÍODO</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/486/486_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/486/486_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO DER/PR, SOLICITANDO INFORMAÇÕES QUANTO A INSTALAÇÃO DE GUARD RAIL EM UMA CURVA PERIGOSA LOCALIZADA NO TAQUARI</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/487/487_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/487/487_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO A ECONORTE, SOLICITANDO INFORMAÇÕES QUANTO A INSTALAÇÃO DE REDUTOR DE VELOCIDADE ELETRÔNICO NO PERÍMETRO URBANO DE JATAIZINHO DA BR-369</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/488/488_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/488/488_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO INFORMAÇÕES QUANTO A EXISTÊNCIA OU NÃO DE AUTORIZAÇÃO DO MUNICÍPIO PARA AS OBRAS QUE ESTÃO SENDO REALIZADAS NO JATAÍ FUTEBOL E REGATAS, BEM COMO QUAL O POSICIONAMENTO DO EXECUTIVO QUANTO A ESTA SITUAÇÃO</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/489/489_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/489/489_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A PREVISÃO DO REINÍCIO DOS TRABALHOS DA GUARDA MIRIM DE JATAIZINHO</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/490/490_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/490/490_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO A APMIF DE JATAIZINHO, SOLICITANDO INFORMAÇÕES E DOCUMENTOS REFERENTES A CONTRATOS E ACERTOS TRABALHISTAS</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>LAÉRCIO QUITÉRIO, Fabio Polonia</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/505/505_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/505/505_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO INFORMAÇÕES QUANTO AO MONTANTE FINANCEIRO REPASSADO PELA ECONORTE AO MUNICÍPIO, A TÍTULO DE ISSQN, BEM COMO A ALÍQUOTA CORRESPONDENTE</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/506/506_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/506/506_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO INFORMAÇÕES E CÓPIA DE CERTIDÃO NEGATIVA EMITIDA PELO TRIBUNAL DE CONTAS DO ESTADO DO PARANÁ EM FAVOR DO MUNICÍPIO DE JATAIZINHO</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/507/507_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/507/507_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO CÓPIA DO CONTRATO FIRMADO COM O HOSPITAL SÃO CAMILO A PARTIR DE FEVEREIRO DE 2014</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/508/508_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/508/508_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO CÓPIAS E INFORMAÇÕES REFERENTES AO CONTRATO FIRMADO JUNTO AO HOSPITAL SÃO CAMILO PARA PRESTAÇÃO DE SERVIÇOS (NOTAS FISCAIS, RELATÓRIO DE PESSOAL E RELATÓRIO DE SERVIÇOS REALIZADOS)</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/509/509_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/509/509_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO PRESIDENTE DO CONSELHO MUNICIPAL DE SAÚDE, SOLICITANDO INFORMAÇÕES SE O CONSELHO ACOMPANHA O EFETIVO CUMPRIMENTO DO CONTRATO FIRMADO COM O HOSPITAL SÃO CAMILO PARA PRESTAÇÃO DE SERVIÇOS DE SAÚDE, ENVIANDO RELATÓRIO MINUCIOSO DOS SERVIÇOS PRESTADOS</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/510/510_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/510/510_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO SEJA EMITIDO LAUDO, PELO ENGENHEIRO DO MUNICÍPIO, QUANTO A REAL SITUAÇÃO DE RISCO DA CAIXA D&amp;#180;ÁGUA E DO MURO DE DIVISA COM A IGREJA ASSEMBLÉIA DE DEUS, EXISTENTES NA ESCOLA MUNICIPAL D. PEDRO II</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/519/519_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/519/519_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO INFORMAÇÕES QUANTO AO FECHAMENTO DO CENTRO DOS IDOSOS GIACOMINO PANSARDI, E A CONSEQÜENTE PARALISAÇÃO DE SEUS SERVIÇOS</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/522/522_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/522/522_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO INFORMAÇÕES SOBRE OS REAIS MOTIVOS DE O PODER EXECUTIVO NÃO PROMOVER A REALIZAÇÃO DO ENCONTRO DE CARROS ANTIGOS E MOTOS DE JATAIZINHO NESTE ANO</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/523/523_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/523/523_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO CÓPIA DAS LICENÇAS EXPEDIDAS PELO MUNICÍPIO PARA O FUNCIONAMENTO DOS CORREIOS E DE LOTÉRICAS, BEM COMO SE HÁ A DEVIDA FISCALIZAÇÃO QUANTO A APLICAÇÃO DA LEGISLAÇÃO FEDERAL E MUNICIPAL, COMO POR EXEMPLO A EXISTÊNCIA DE BANHEIROS PARA USUÁRIOS, CADEIRAS, BIOMBOS, ETC.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/524/524_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/524/524_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ESTUDE A POSSIBILIDADE DE REALIZAR UMA REVISÃO NA LEI MUNICIPAL Nº. 416/1992 (ESTATUTO DOS SERVIDORES PÚBLICOS MUNICIPAIS DE JATAIZINHO), PRINCIPALMENTE QUANTO AO NÚMERO MÍNIMO DE SERVIDORES SINDICALIZADOS PARA CONCESSÃO DE LICENÇA</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/525/525_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/525/525_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO INFORMAÇÕES QUANTO A DATA EM QUE SERÁ REALIZADA A FESTA JUNINA DE JATAIZINHO, BEM COMO QUANDO SERÁ REALIZADA A LICITAÇÃO PARA CONTRATAÇÃO DOS SERVIÇOS PARA TAL, ALÉM DE INFORMAÇÕES SE HAVERÁ PATROCÍNIOS DE EMPRESAS PARTICULARES E COMO ESSE PROCEDIMENTO SE DARÁ</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/526/526_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/526/526_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO INFORMAÇÕES SE TODOS OS VEREADORES QUE UTILIZARAM DIÁRIAS EM 2013 APRESENTARAM OS DEVIDOS RELATÓRIOS</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/547/547_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/547/547_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO INFORMAÇÕES E CÓPIAS QUANTO AO PAGAMENTO EFETUADO A EMPRESA ONDA PROVEDOR DE SERVIÇOS SA NO MÊS DE SETEMBRO/2013</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/548/548_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/548/548_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO A ECONORTE, SOLICITANDO INFORMAÇÕES ACERCA DO NÚMERO DE VEÍCULOS EMPLACADOS EM JATAIZINHO QUE PASSAM PELA PRAÇA DE PEDÁGIO LOCAL DIARIAMENTE</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/551/551_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/551/551_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES SE FORAM TOMADAS MEDIDAS QUANTO A REVERSÃO DO TERRENO DO CLUBE JATAY FUTEBOL E REGATAS AO PATRIMÔNIO MUNICIPAL</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/572/572_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/572/572_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL E A ECONORTE SOLICITANDO DIVERSAS INFORMAÇÕES</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/573/573_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/573/573_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES REFERENTES AOS VEÍCULOS DE PROPRIEDADE DO MUNICÍPIO DE JATAIZINHO</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/574/574_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/574/574_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A OBRA DE PAVIMENTAÇÃO ASFÁLTICA DO JARDIM MARIA JÚLIA</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/575/575_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/575/575_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO INFORMAÇÕES QUANTO A POSSIBILIDADE DA INSTALAÇÃO DA EMPRESA RAINHA DA PAZ EM JATAIZINHO</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/584/584_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/584/584_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO INFORMAÇÕES ACERCA DA POSSIBILIDADE DE ADQUIRIR UM ELETROCARDIOGRAMA PARA O SISTEMA DE SAÚDE</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/585/585_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/585/585_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO INFORMAÇÕES ACERCA DA PROPRIEDADE DE TERRENOS LOCALIZADOS NA RUA MARANHÃO, BEM COMO SOBRE A FISCALIZAÇÃO DA LIMPEZA DOS MESMOS</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/586/586_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/586/586_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO A CONCESSIONÁRIA ECONORTE, SOLICITANDO INFORMAÇÕES QUANTO A POSSIBILIDADE DE SE INSTALAR REDUTORES ELETRÔNICOS DE VELOCIDADE NO PERÍMETRO URBANO DA BR-369, EM JATAIZINHO</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/595/595_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/595/595_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO EMISSÃO DE PARECER POR PARTE DA ASSESSORIA JURÍDICA DA CASA QUANTO AO PROJETO DE LEI Nº 019/2014</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>GORDO, Adilson Gonçalves, JORGE PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/612/612_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/612/612_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL REQUERENDO INFORMAÇÕES SOBRE A CONCESSÃO DE ABONO NATALINO AO FUNCIONALISMO PÚBLICO</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/613/613_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/613/613_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL REQUERENDO INFORMAÇÕES E CÓPIAS DAS PRESTAÇÃO DE SERVIÇOS COM BENS PÚBLICOS A PARTICULARES DE JANEIRO DE 2013 A OUTUBRO DE 2014</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/617/617_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/617/617_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO AS CONTAS BANCÁRIAS REFERENTES À MERENDA E TRANSPORTE ESCOLAR</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>Adilson Gonçalves, GORDO, JORGE PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/618/618_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/618/618_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO AO VEÍCULO FIAT DOBLO, ESCLARECENDO O ATUAL ESTADO DO MESMO</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/622/622_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/622/622_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO A VIAÇÃO OURO BRANCO, SOLICITANDO INFORMAÇÕES SOBRE A EXECUÇÃO DAS REIVINDICAÇÕES APRESENTADAS A EMPRESA EM PROL DE JATAIZINHO</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/623/623_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/623/623_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO INFORMAÇÕES E CÓPIAS REFERENTES AS CONCESSÕES DE BENEFÍCIOS AS EMPRESAS ATRAVÉS DA LEI DE INCENTIVO FISCAL MUNICIPAL</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/624/624_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/624/624_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO INFORMAÇÕES E CÓPIAS REFERENTES A CONCESSÃO DE EXAMES MÉDICOS E/OU LABORATORIAIS NA REDE MUNICIPAL DE SAÚDE</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>MAURÍLIO MARTIELHO, Adilson Gonçalves, GORDO, JORGE PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/626/626_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/626/626_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO A CONSTRUÇÃO DE UM TOTEM NO CANTEIRO DA AVENIDA ANTONIO BRANDÃO DE OLIVEIRA</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>JORGE PEREIRA, Adilson Gonçalves, GORDO, MAURÍLIO MARTIELHO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/627/627_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/627/627_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO AOS TUBOS QUE SE ENCONTRAVAM ARMAZENADOS NO ESTÁDIO MUNICIPAL</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/628/628_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/628/628_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO A CONSTRUÇÃO DE MEIO-FIOS NA RUA JOAQUIM F LOPES, NO JD MARIA JULIA</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/629/629_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/629/629_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES SOBRE O DESTINO DOS CANALETÕES QUE ESTÃO ARMAZENADOS NA ASSOCIAÇÃO DOS SERVIDORES MUNICIPAIS</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/633/633_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/633/633_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO A EXONERAÇÃO DA SRA. SUELY RIBEIRO TERRA, DO CARGO COMISSIONADO DE DEFENSORA PÚBLICA</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>JORGE PEREIRA, MAURÍLIO MARTIELHO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/634/634_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/634/634_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO A CONFECÇÃO DO LIVRO SOBRE A HISTÓRIA DE JATAIZINHO</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>SUBS</t>
   </si>
   <si>
     <t>Substitutivo à Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/620/620_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/620/620_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO AO PROJETO DE LEI Nº. 023/2014, QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE JATAIZINHO PARA O EXERCÍCIO FINANCEIRO DE 2015</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2124,68 +2124,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/491/491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/496/496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/499/499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/536/536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/488/488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/509/509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/620/620_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/491/491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/496/496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/499/499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/536/536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/488/488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/509/509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2014/620/620_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H160"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="83.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>