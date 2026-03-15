--- v0 (2026-01-11)
+++ v1 (2026-03-15)
@@ -54,2411 +54,2411 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>Denúncia</t>
   </si>
   <si>
     <t>Celso Aparecido Biolada</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/660/660_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/660/660_texto_integral.pdf</t>
   </si>
   <si>
     <t>REPRESENTAÇÃO CONTRA O VEREADOR LAÉRCIO FERNANDES QUITÉRIO POR PROCEDIMENTO INCOMPATÍVEL COM O DECORO PARLAMENTAR</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Érika Terezinha Mohr</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/670/670_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/670/670_texto_integral.pdf</t>
   </si>
   <si>
     <t>REPRESENTAÇÃO POR ATO ATENTATÓRIO E PROCEDIMENTO INCOMPATÍVEL COM O DECORO PARLAMENTAR CONTRA O VEREADOR MAURÍLIO MARTIELHO</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>JORGE PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/682/682_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/682/682_texto_integral.pdf</t>
   </si>
   <si>
     <t>REPRESENTAÇÃO CONTRA O VEREADOR FÁBIO DE MORAIS POLONIA POR PROCEDIMENTO INCOMPATÍVEL COM O DECORO PARLAMENTAR E CRIME DE CALÚNIA, INJURIA E DIFAMAÇÃO</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Élio Batista da Silva</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/694/694_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/694/694_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENÚNCIA APRESENTADA PELO SR. ÉLIO BATISTA DA SILVA CONTRA OS VEREADORES ALEX ANTONIO GOMES DE FARIA, CLOVIS DA SILVA CORDEIRO, JORGE DOS SANTOS PEREIRA E MAURÍLIO MARTIELHO POR ATOS INCOMPATÍVEIS COM A DIGNIDADE, FALTA DE DECORO E IMPROBIDADE ADMINISTRATIVA</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/762/762_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/762/762_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INSTAURAÇÃO DE COMISSÃO PROCESSANTE E CASSAÇÃO DE MANDATO ELEITORAL DE ALEX ANTONIO GOMES DE FARIA, CLOVIS DA SILVA CORDEIRO, JORGE DOS SANTOS PEREIRA E MAURÍLIO MARTIELHO POR PRÁTICA DE INFRAÇÃO POLÍTICO-ADMINISTRATIVA E IMPROBIDADE ADMINISTRATIVA</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Dilermando Silani</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/807/807_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/807/807_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INSTAURAÇÃO DE COMISSÃO PROCESSANTE E CASSAÇÃO DE MANDATO ELEITORAL CONTRA OS VEREADORES MAURÍLIO MARTIELHO, ALEX FARIA E JORGE PEREIRA POR PRÁTICA DE INFRAÇÃO-ADMINISTRATIVA E DE ATO DE IMPROBIDADE ADMINISTRATIVA</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/808/808_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/808/808_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INSTAURAÇÃO DE COMISSÃO PROCESSANTE E CASSAÇÃO DE MANDATO ELEITORAL EM DESPROVEITO DE ALEX FARIA, MAURÍLIO MARTIELHO, JORGE PEREIRA E CLOVIS CORDEIRO, POR PRÁTICA DE INFRAÇÃO POLÍTICO-ADMINISTRATIVA E DE ATO DE IMPROBIDADE ADMINISTRATIVA</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/865/865_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/865/865_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUPRIME O § 2º DO ART. 2º, E ALTERA O ART. 8º, DO SUBSTITUTIVO Nº 001 AO PROJETO DE LEI Nº 016/2015</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/640/640_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/640/640_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO SR. RICARDO ALEXANDRE CORSINO PARABENIZANDO-O PELO TRABALHO DESENVOLVIDO À FRENTE DO DEPARTAMENTO MUNICIPAL DE SAÚD</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/641/641_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/641/641_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A SRA. ÂNGELA MARIA MOREIRA MENEZES PARABENIZANDO-A PELA ASSUNÇÃO AO CARGO DE DIRETORA DO DEPARTAMENTO MUNICIPAL DE SAÚDE</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/642/642_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/642/642_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO SR. CELSO RIBEIRO, DIRETOR DO DEPARTAMENTO MUNICIPAL DE EDUCAÇÃO, BEM COMO A SERVIDORA MUNICIPAL SRA. ANDRÉIA MUCHINI, PELO BELÍSSIMO TRABALHO DESENVOLVIDO NO SETOR DA EDUCAÇÃO</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/643/643_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/643/643_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO DEPUTADO ESTADUAL THIAGO AMARAL, QUANTO A INTERVENÇÃO JUNTO AO GOVERNO DO ESTADO PARA A CONSTRUÇÃO DE UMA ESCOLA EM JATAIZINHO</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>Clovis Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/649/649_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/649/649_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL E A DIRETORIA DA EMPRESA ALLSTON BREW QUANTO A FORMAÇÃO DE UM DIÁLOGO PARA VIABILIZAR POLÍTICAS DE FOMENTA À EMPRESA</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/650/650_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/650/650_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A VIABILIDADE DE SE AMPLIAR O CEMITÉRIO MUNICIPAL DE JATAIZINHO PARA ATENDER A DEMANDA</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>GORDO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/651/651_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/651/651_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A SERVIDORA PÚBLICA MUNICIPAL APOSENTADA CÉLIA ALVES, AGRADECENDO-A PELOS SERVIÇOS PRESTADOS À MUNICIPALIDADE</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/659/659_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/659/659_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO AO RECAPE ASFÁLTICO DE UM TRECHO DA AVENIDA PRESIDENTE GETÚLIO VARGAS;\</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/664/664_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/664/664_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO A JOVEM ALISHA GABRIELLY DE OLIVEIRA PARABENIZANDO-A PELA ASSUNÇÃO AO CARGO DE CONSELHEIRA TUTELAR, DESEJANDO-LHE SUCESSO</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Fabio Polonia</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/665/665_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/665/665_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A PROVIDENCIAS QUANTO A MELHORIAS NA RUA RIO GRANDE DO SUL, DESDE A VILA PAVÃO ATÉ A ESTRADA QUE DÁ ACESSO AO FREI TIMÓTEO</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/666/666_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/666/666_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONSTRUÇÃO DE UM QUEBRA-MOLAS NA AV. NICOLA PANSARDI, DEFRONTE AO MERCADO SUPER AUSEC</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/667/667_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/667/667_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A PROVIDÊNCIAS NA LIMPEZA DA AVENIDA NICOLA PANSARDI, EM TODA SUA EXTENSÃO</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/668/668_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/668/668_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO À SUPERINTENDÊNCIA/GERÊNCIA DA VIAÇÃO OUTRO BRANCO CONVIDANDO-OS A PARTICIPAR DE UMA REUNIÃO ORDINÁRIA PARA TRATAR DE ASSUNTOS REFERENTES AOS SERVIÇOS PRESTADOS PELA EMPRESA</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/669/669_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/669/669_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO A VÁRIOS DEPUTADOS ESTADUAIS E FEDERAIS QUANTO A VIABILIDADE DE SE PROMOVER O DIRECIONAMENTO DE RECURSOS PARA SEREM INVESTIDOS EM JATAIZINHO</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/678/678_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/678/678_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A RETIRADA DE UM BARRANCO LOCALIZADO NA ESQUINA DA AVENIDA PARANÁ COM RUA EUZÉBIO MONTEIRO</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/679/679_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/679/679_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A REFORMA DE UMA &amp;#8220;BOCA DE LOBO&amp;#8221; LOCALIZADA NA AVENIDA ORLANDO SALLES STRIQUER</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/680/680_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/680/680_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A PROMOÇÃO DE UM RECUO DO PONTO DE ÔNIBUS EXISTENTE DEFRONTE A FARMÁCIA SANTA TEREZINHA</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/683/683_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/683/683_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A DETERMINAÇÃO DA PODA DAS ÁRVORES LOCALIZADAS NA AVENIDA ORLANDO SALLES STRIQUER COM O INTUITO DE MELHORAR A ILUMINAÇÃO</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/684/684_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/684/684_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL DE ASSAÍ E A DIRETORIA E FUNCIONÁRIOS DO HOSPITAL MUNICIPAL, AGRADECENDO-OS PELO ATENDIMENTO QUE VÊM PRESTANDO A POPULAÇÃO DE JATAIZINHO, DESEJANDO-LHES SUCESSO</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/685/685_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/685/685_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A REALIZAÇÃO DO DEVIDO MOLEDO NA RUA ALMIR DASCHEVE</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/686/686_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/686/686_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A REPINTURA DA SINALIZAÇÃO DA ROTATÓRIA EXISTENTE NA ENTRADA DE JATAIZINHO, FINAL DA AVENIDA ANTONIO BRANDÃO DE OLIVEIRA</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/695/695_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/695/695_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO À PRESIDÊNCIA DA CONCESSIONÁRIA ECONORTE PARABENIZANDO-OS PELA INSTALAÇÃO DO REDUTOR ELETRÔNICO DE VELOCIDADE NO PERÍMETRO URBANO DE JATAIZINHO</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/703/703_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/703/703_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONSTRUÇÃO DE UM QUEBRA-MOLAS NA RUA JOAQUIM FRANCISCO LOPES NO JARDIM MARIA JÚLIA</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/708/708_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/708/708_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A COPEL QUANTO A MANUTENÇÃO DO SISTEMA DE DISTRIBUIÇÃO DE ENERGIA ELÉTRICA NOS CONJUNTOS MANOEL NOWISKI, GUIDO ZANINI, MILTON PESSOA, VILA PAVÃO E VILA FREDERICO</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DISPONIBILIZAR PLACAS DE SINALIZAÇÃO EM LOCAIS DE VELÓRIO</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A DENOMINAÇÃO DE UMA RUA DO NOVO CONJUNTO HABITACIONAL FREI GERÔNIMO DE VALCIR GOMES CARNEIRO</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO DER QUANTO A CONSERVAÇÃO, ATRAVÉS DE CAPINA, DA PR-443, EM ESPECIAL NA &amp;#8220;CURVA DO TIRA-FUBÁ&amp;#8221;</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A COPEL QUANTO A MANUTENÇÃO/TROCA DE TRANSFORMADORES QUE VEM APRESENTANDO PROBLEMAS</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/728/728_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/728/728_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A ECONORTE QUANTO A MANUTENÇÃO DA SINALIZAÇÃO DOS TREVOS DE ENTRADA E DA TRINCHEIRA NO PONTILHÃO DE ACESSO</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A PROMOÇÃO DE INCENTIVOS À INSTALAÇÃO DA EMPRESA FRIOS FATTORIA EM JATAIZINHO</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/735/735_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/735/735_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A REPINTURA DA SINALIZAÇÃO NA CONFLUÊNCIA DA AV. ANTONIO BRANDÃO DE OLIVEIRA COM AV. PARANÁ E NAS CERCANIAS DA TRINCHEIRA MARIA BRESSAN</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/736/736_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/736/736_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A DISPONIBILIZAÇÃO DE OUTRA VIA PARA OS APRENDIZES DE CONDUTORES DE VEÍCULOS DA AUTO-ESCOLA DE JATAIZINHO</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A INSTALAÇÃO DE POSTES DE ILUMINAÇÃO NA QUADRA DE ESPORTES DA PRAÇA ZEZÉ QUIRINO</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Anilton Murari</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A VIABILIDADE DE SE PROMOVER A NECESSÁRIA MANUTENÇÃO DOS TÚMULOS DE FREI TIMÓTEO, PE JOSÉ CERDAN E PROFª ADÉLIA LOPES</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONCENTRAÇÃO DE ESFORÇOS PARA A MANUTENÇÃO DO ENSINO INTEGRAL</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/746/746_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/746/746_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A DENOMINAÇÃO DO CAMPO DE FUTEBOL SUÍÇO QUE ESTA EM CONSTRUÇÃO NO ESTÁDIO MUNICIPAL DE &amp;#8220;QUEM QUEM&amp;#8221;, EM HOMENAGEM AO CIDADÃO JATAIZINHENSE</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Reinaldo Martins</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/768/768_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/768/768_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUANTO AO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL NO SENTIDO DE DENOMINAR UMA DAS RUAS PÚBLICAS DE PROFESSORA JANDIRA DE AZEVEDO BITTENCOURT</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/769/769_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/769/769_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A UM ESTUDO SOBRE A POSSIBILIDADE DE DETERMINAR O ESTACIONAMENTO DE VEÍCULOS EM APENAS UM SENTIDO EM ALGUMAS RUAS DA CIDADE</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>CLAUDINEI CABRAL</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/770/770_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/770/770_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CRIAÇÃO DA SEMANA RELIGIOSA</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/783/783_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/783/783_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A PROVIDÊNCIAS NA REFORMA DOS ESPAÇOS PÚBLICOS DESTINADOS A PRÁTICA ESPORTIVA NO CONJUNTO MILTON FÉLIX PESSOA</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/802/802_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/802/802_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A RECUPERAÇÃO DA MALHA ASFÁLTICA DA RUA CURITIBA</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/803/803_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/803/803_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A INSTALAÇÃO DE PLACAS INDICATIVAS PADRONIZADAS EM TODAS AS UNIDADES ADMINISTRATIVAS MUNICIPAIS</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/809/809_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/809/809_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL PARA QUE INTERCEDA JUNTO AO DER/PR QUANTO A ELABORAÇÃO E IMPLANTAÇÃO DE MEDIDAS DE SEGURANÇA NA RODOVIA PR-443, NA LOCALIDADE DA ÁGUA DO TAQUARI</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/810/810_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/810/810_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO DER/PR QUANTO INFORMAÇÕES A RESPEITO DE QUANDO FOI OUTORGADA A CONCESSÃO DA EXPLORAÇÃO DE SERVIÇOS DE TRANSPORTE À EMPRESA OURO BRANCO</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/811/811_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/811/811_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A IMPLANTAÇÃO DE CESTOS DE COLETA DE LIXO SELETIVO NOS LOGRADOUROS PÚBLICOS DE JATAIZINHO</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/823/823_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/823/823_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CRIAÇÃO DE UM PONTO DE COLETA DE USUÁRIOS DO SISTEMA DE SAÚDE MUNICIPAL NA PRAÇA ZEZÉ QUIRINO NO CONJUNTO ANTONIO JOSÉ VIEIRA</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/854/854_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/854/854_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A LIMPEZA DA CABECEIRA DA PONTE SOBRE O RIO JATAIZINHO</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/855/855_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/855/855_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A REALIZAÇÃO DE OPERAÇÕES TAPA BURACOS E DE LIMPEZA NA CIDADE</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Executiva</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/710/710_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/710/710_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUSPENDE TEMPORARIAMENTE O PAGAMENTO A PRESTADORES DE SERVIÇOS</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/765/765_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/765/765_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES NOS ARTS. 17 E 20 DA LEI ORGÂNICA DO MUNICÍPIO DE JATAIZINHO</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/637/637_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/637/637_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DO SUBSÍDIO DOS VEREADORES, PREFEITO, VICE-PREFEITO E SECRETÁRIOS MUNICIPAIS DE JATAIZINHO, ESTADO DO PARANÁ</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/653/653_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/653/653_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO ÓRGÃO OFICIAL DE IMPRENSA ESCRITA DO MUNICÍPIO DE JATAIZINHO, O JORNAL FOLHA DE JATAIZINHO</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>GORDO, Adilson Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/655/655_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/655/655_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONSIDERAR COMO CONCESSÃO A AUSÊNCIA DO SERVIDOR PÚBLICO MUNICIPAL NO DIA DO SEU ANIVERSÁRIO</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>MAURÍLIO MARTIELHO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/656/656_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/656/656_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA O ART. 6º DA LEI MUNICIPAL Nº 550, DE 26 DE DEZEMBRO DE 1997</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/657/657_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/657/657_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINA A PASSAGEM PREFERENCIAL DE VEÍCULOS PELA AVENIDA BENJAMIM GIAVARINA</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>ALEX FARIA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/658/658_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/658/658_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE NORMAS QUE DEFINE OS PROCEDIMENTOS DE CONTROLE INTERNO PARA AS ROTINAS DA FROTA E TRANSPORTE MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/671/671_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/671/671_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA CASA ABRIGO DE JATAIZINHO PARA CRIANÇAS E ADOLESCENTES EM SITUAÇÃO DE RISCO PESSOAL E SOCIAL, DE CARGOS EM COMISSÃO E EFETIVO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/672/672_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/672/672_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 714/2005 QUE DISPÕE SOBRE O PLANO DE CARGOS, CARREIRA E REMUNERAÇÃO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE JATAIZINHO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/701/701_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/701/701_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA OS VENCIMENTOS BÁSICOS DOS SERVIDORES EFETIVOS E COMISSIONADOS DO PODER LEGISLATIVO MUNICIPAL DE JATAIZINHO, BEM COMO FIXA OS VALORES DE AUXÍLIO-TRANSPORTE E AUXÍLIO-ALIMENTAÇÃO PREVISTOS NO ESTATUTO DOS SERVIDORES PÚBLICOS MUNICIPAL DE JATAIZINHO</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/702/702_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/702/702_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O MUNICÍPIO DE JATAIZINHO PARA O EXERCÍCIO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/704/704_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/704/704_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE PISO SALARIAL PROFISSIONAL AOS AGENTES COMUNITÁRIOS DE SAÚDE E AGENTES DE COMBATE ÀS ENDEMIAS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/712/712_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/712/712_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO MUNICIPAL DE EDUCAÇÃO - PME DO MUNICIPIO DE JATAIZINHO, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/763/763_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/763/763_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXTINGUE O CARGO EM COMISSÃO DE ASSESSOR DE PLANEJAMENTO CRIADO PELA LEI MUNICIPAL Nº 769/2007 QUE DISPÕE SOBRE A ORGANIZAÇÃO ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE JATAIZINHO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/779/779_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/779/779_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE JATAIZINHO PARA O EXERCÍCIO DE 2015</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/780/780_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/780/780_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO PROGRAMA DO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO - SAAE, NO EXERCÍCIO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/804/804_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/804/804_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E INCLUI ARTIGOS NO ESTATUTO DOS FUNCIONÁRIOS PÚBLICOS DE JATAIZINHO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/814/814_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/814/814_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ASSOCIAR E CONTRIBUIR MENSALMENTE PARA A ASSOCIAÇÃO DOS MUNICÍPIOS DO MÉDIO PARANAPANEMA - AMEPAR</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/815/815_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/815/815_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVISA A PROGRAMAÇÃO DO PLANO PLURIANUAL DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/816/816_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/816/816_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES DOS ANEXOS DO PPA - PLANO PLURIANUAL E LDO - LEI DE DIRETRIZES ORÇAMENTÁRIAS NA UNIDADE ORÇAMENTÁRIA SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO - SAAE PARA O EXERCÍCIO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/817/817_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/817/817_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE JATAIZINHO PARA O EXERCÍCIO FINANCEIRO DE 2016</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/856/856_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/856/856_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO PROGRAMA DO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO - SAAE NO EXERCÍCIO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/862/862_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/862/862_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE GRATIFICAÇÃO NATALINA AOS SERVIDORES PÚBLICOS MUNICIPAIS</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/863/863_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/863/863_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PAGAR AOS FUNCIONÁRIOS PÚBLICOS ATIVOS E E EM EXERCÍCIO O BENEFÍCIO DO AUXÍLIO ALIMENTAÇÃO REFERENTE AO MÊS DE NOVEMBRO/2015</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/639/639_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/639/639_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE REPOSIÇÃO SALARIAL AOS SERVIDORES DO QUADRO DE PESSOAL DA CÂMARA MUNICIPAL DE JATAIZINHO</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>MAURÍLIO MARTIELHO, ALEX FARIA, JORGE PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/654/654_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/654/654_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 81 DA RESOLUÇÃO Nº. 004/1998 (REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE JATAIZINHO)</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/661/661_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/661/661_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DA CÂMARA MUNICIPAL DE JATAIZINHO, NO VALOR DE R$ 10.000,00 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/662/662_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/662/662_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA A COMISSÃO PROCESSANTE - CP, PARA APURAR PROCEDIMENTO INCOMPATÍVEL COM O DECORO PARLAMENTAR COMETIDO PELO VEREADOR LAÉRCIO FERNANDES QUITÉRIO</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/681/681_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/681/681_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA OS BENEFÍCIOS DE AUXÍLIO-ALIMENTAÇÃO E AUXÍLIO-TRANSPORTE, PREVISTOS NO ESTATUTO DOS FUNCIONÁRIOS PÚBLICOS DE JATAIZINHO, PARA OS SERVIDORES DE CARGO EFETIVO DO PODER LEGISLATIVO DE JATAIZINHO</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/705/705_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/705/705_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO ÚNICO AO ART. 19, DA RESOLUÇÃO Nº. 007/2004, QUE DISPÕE SOBRE O PLANO DE CARGOS, CARREIRA E VENCIMENTOS DA CÂMARA MUNICIPAL DE JATAIZINHO</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/711/711_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/711/711_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DOS PAGAMENTOS SEREM FEITOS ATRAVÉS DE TRANSFERÊNCIA ELETRÔNICA DE FUNDOS</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/733/733_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/733/733_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DA CÂMARA MUNICIPAL DE JATAIZINHO, NO VALOR DE R$ 11.000,00 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/764/764_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/764/764_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO Nº. 004/1998, QUE ESTABELECE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE JATAIZINHO, ESTADO DO PARANÁ</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/832/832_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/832/832_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA A REDAÇÃO DE ARTIGO DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE JATAIZINHO</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/864/864_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/864/864_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DA CÂMARA MUNICIPAL DE JATAIZINHO, NO VALOR DE R$ 2.000,00 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/644/644_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/644/644_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO DIRETOR DO DEPARTAMENTO MUNICIPAL DE EDUCAÇÃO SOLICITANDO INFORMAÇÕES SE HÁ PREVISÃO QUANTO A CONSTRUÇÃO DE UMA NOVA ESCOLA MUNICIPAL</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/645/645_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/645/645_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIA DO LAUDO TÉCNICO REFERENTE A INEXISTÊNCIA DE RISCO DE DESABAMENTO DA CAIXA D&amp;#180;ÁGUA DA ESCOLA MUNICIPAL D PEDRO II</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/646/646_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/646/646_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES SOBRE O FUNCIONAMENTO DAS CÂMERAS DE SEGURANÇA/VIGILÂNCIA</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/647/647_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/647/647_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES SE O MUNICÍPIO DE JATAIZINHO RENOVOU CONTRATO COM O HOSPITAL SÃO CAMILO PARA REALIZAÇÃO DE PLANTÕES</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/648/648_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/648/648_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO A EXISTÊNCIA DE CONVÊNIOS COM O ESTADO DO PARANÁ QUANTO A AQUISIÇÃO DE CALCÁRIO E SUPER FOSFATO SIMPLES (ADUBO)</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/663/663_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/663/663_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIA DAS NOTAS DE EMPENHO, LIQUIDAÇÃO E PAGAMENTO, ENTRE OUTRAS, REFERENTE A PRESTAÇÃO DE EXAMES MÉDICOS, ONDE CONSTA COMO BENEFICIADO O VEREADOR FÁBIO POLONIA</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>JORGE PEREIRA, ALEX FARIA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/673/673_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/673/673_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO A NÃO ATUALIZAÇÃO DOS VENCIMENTOS DOS AGENTES COMUNITÁRIOS DE SAÚDE E DE COMBATE À ENDEMIAS CONFORME DETERMINAÇÃO EM LEI FEDERAL</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/674/674_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/674/674_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO A NÃO ATUALIZAÇÃO DOS VENCIMENTOS DO MAGISTÉRIO PELO ÍNDICE ESTIPULADO PELO GOVERNO FEDERAL DE 13,01%</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/675/675_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/675/675_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES SOBRE A REFORMA DO POSTO DE SAÚDE LOCALIZADO NO CONJUNTO JESUINO SALINET</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/676/676_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/676/676_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES SE HÁ PREVISÃO QUANTO AO PAGAMENTO DE ABONO AOS SERVIDORES MUNICIPAIS</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/677/677_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/677/677_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES SE HÁ ALGUM ACORDO FIRMADO COM A ECONORTE QUANTO A CONSTRUÇÃO DE REDUTOR DE VELOCIDADE NA BR369, PERÍMETRO URBANO</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/687/687_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/687/687_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO A FINALIZAÇÃO DAS OBRAS DE PAVIMENTAÇÃO NO JARDIM MARIA JULIA</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/688/688_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/688/688_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO A FINALIZAÇÃO E ENTREGA DAS CASAS QUE ESTÃO SENDO CONSTRUÍDAS NO CONJ. HAB. ANTONIO J VIEIRA</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/689/689_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/689/689_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO AOS VALORES RECOLHIDOS PELA ECONORTE JUNTO AO MUNICÍPIO A TÍTULO DE ISSQN E SUA DESTINAÇÃO</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>JORGE PEREIRA, MAURÍLIO MARTIELHO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/690/690_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/690/690_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO AO INÍCIO DA CONSTRUÇÃO DE UMA QUADRA DE ESPORTES NA VILA FREDERICO</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/691/691_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/691/691_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO A CONSTRUÇÃO DA CRECHE QUE FOI AUTORIZA A COMPRA DE UM TERRENO PELA CÂMARA, BEM COMO SE JÁ FOI PAGA A PRIMEIRA PARCELA REFERENTE A AQUISIÇÃO DA ÁREA DE TERRAS</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/692/692_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/692/692_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES SOBRE DE QUEM É A RESPONSABILIDADE PELA ILUMINAÇÃO PÚBLICA</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/693/693_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/693/693_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES SOBRE A ATUAL SITUAÇÃO DOS ATENDIMENTOS DE PLANTÕES REALIZADOS PELO MUNICÍPIO</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/696/696_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/696/696_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO AOS ATENDIMENTOS DE SAÚDE À POPULAÇÃO DE JATAIZINHO</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/697/697_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/697/697_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO A RECUPERAÇÃO DA MALHA ASFÁLTICA DE BAIRROS DA CIDADE</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/698/698_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/698/698_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO A REALIZAÇÃO DE GINCANAS E CAMPEONATOS DE FUTEBOL</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/699/699_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/699/699_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO AOS COMPUTADORES QUE FORAM TRAZIDOS AO PRÉDIO DA CÂMARA MUNICIPAL DE JATAIZINHO</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/700/700_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/700/700_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO A ESTIMATIVA DE VAGAS EXISTENTES NO CEMITÉRIO MUNICIPAL</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/706/706_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/706/706_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO INFORMAÇÕES SOBRE A AQUISIÇÃO DE UM NOVO VEÍCULO EM SUBSTITUIÇÃO AO FIAT DOBLO</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/707/707_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/707/707_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO QUANTO AOS CRITÉRIOS UTILIZADOS PARA A DISTRIBUIÇÃO DE UNIFORMES ÀS EQUIPES QUE ESTÃO PARTICIPANDO DO CAMPEONATO DE FUTSAL</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/709/709_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/709/709_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES ACERCA DO CONTROLADOR INTERNO</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/713/713_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/713/713_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES E CÓPIAS ACERCA DOS CONVÊNIOS FIRMADOS NA GESTÃO 2013/2016</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/714/714_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/714/714_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIA DOS REGISTROS DE PRESENÇA DOS SERVIDORES MUNICIPAIS ADILSON GONÇALVES DA SILVA, CÍCERO APARECIDO GUIMARÃES E WILSON FERNANDES, DESDE JANEIRO/2013</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/715/715_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/715/715_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIA DAS FICHAS FINANCEIRAS DOS SERVIDORES MUNICIPAIS ADILSON GONÇALVES DA SILVA, CÍCERO APARECIDO GUIMARÃES E WILSON FERNANDES, DESDE JANEIRO/2013</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIAS REFERENTES AO PROCESSO DE DISPENSA DE LICITAÇÃO Nº 001/2015-TC QUE CONTRATOU A EMPRESA FIEL JARDINAGENS PARA PRESTAR SERVIÇOS NO VALOR DE R$ 30.000,00</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO AOS VALORES ECONOMIZADOS QUANTO A NÃO RENOVAÇÃO DE CONTRATO COM O HOSPITAL SÃO CAMILO</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO RELAÇÃO DE VEÍCULOS, CAMINHÕES E MÁQUINAS ADQUIRIDAS PELO MUNICÍPIO DE 2013 A MAIO DE 2015</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL E AO SAAE SOLICITANDO INFORMAÇÕES QUANTO AO USO E PERFURAÇÃO DE POÇOS ARTESIANOS</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO INFORMAÇÕES SOBRE DÉBITOS TRIBUTÁRIOS</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO RELAÇÃO AS EXECUÇÕES TRIBUTÁRIAS JUDICIAIS EFETUADAS DE 2010 A 2014</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO ENVIO DE OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO COPIA DO OFICIO NO. 013/2014-CI</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/729/729_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/729/729_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO ENVIO DE OFICIO AO DIRETOR DO DEPTO. DE EDUCAÇÃO E CULTURA, AO DIRETOR DA APP-SINDICATO E AO PRESIDENTE DO CONSELHO MUNICIPAL DE EDUCAÇÃO  CONVOCANDO-OS PARA AUDIÊNCIA PÚBLICA</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/730/730_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/730/730_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO ENVIO DE OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO COPIA DOS PROCESSOS DE AUTORIZAÇÃO DE DIÁRIAS DE SERVIDORES E DO PREFEITO MUNICIPAL</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO A PREVISÃO DE CONSTRUÇÃO DE "QUEBRA-MOLAS" NA RUA JOAQUIM FRANCISCO LOPES, NO JARDIM MARIA JÚLIA</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/738/738_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/738/738_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO A EXISTÊNCIA DE PROJETO PARA REFORMA DAS QUADRAS MUNICIPAIS DE ESPORTE</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/739/739_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/739/739_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO A EXISTÊNCIA DE PROJETO PARA REFORMA DO CAMPO DE FUTEBOL SUÍÇO NO CONJUNTO ANTONIO JOSÉ VIEIRA</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/740/740_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/740/740_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO A EXISTÊNCIA DE PROJETO VISANDO A IMPLANTAÇÃO DE PARQUE INDUSTRIAL EM JATAIZINHO</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/741/741_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/741/741_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO A ATUAL SITUAÇÃO DA CONSTRUÇÃO DA CRECHE NO CONJUNTO MILTON FÉLIX PESSOA</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/742/742_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/742/742_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO AO NÃO CUMPRIMENTO DO CALENDÁRIO MUNICIPAL DE ESPORTE PELA ADMINISTRAÇÃO</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/754/754_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/754/754_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A INFORMAÇÕES SOBRE O REPASSE DE RECURSOS FINANCEIROS À APAE DE JATAIZINHO</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/755/755_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/755/755_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A INFORMAÇÕES SOBRE A CONCESSÃO DE CESTAS BÁSICAS AOS SERVIDORES PÚBLICOS MUNICIPAIS</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/756/756_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/756/756_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A INFORMAÇÕES SOBRE A REAPRESENTAÇÃO DO PROJETO DE LEI FIXANDO O PISO SALARIAL DOS AGENTES DE SAÚDE E DE COMBATE A ENDEMIAS</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/757/757_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/757/757_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A INFORMAÇÕES QUANTO A NÃO LIBERAÇÃO DAS CASAS CONSTRUÍDAS PELA EMPRESA MIKAZA</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/758/758_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/758/758_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A INFORMAÇÕES SOBRE OS MOTIVOS DE AS CASAS CONSTRUÍDAS EM PARCERIA COM A COHAPAR NÃO TEREM SIDO ENTREGUES</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Anilton Murari, GORDO, LAÉRCIO QUITÉRIO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/760/760_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/760/760_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENCAMINHAMENTO DE DENUNCIA PROTOCOLADA POR ORIDES FIGUEIRA DA SILVA À COMISSÃO DE JUSTIÇA E REDAÇÃO PARA EMISSÃO DE PARECER QUANTO A INCONSTITUCIONALIDADE OU NÃO DA REPRESENTAÇÃO</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/771/771_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/771/771_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO A CONSTRUÇÃO DE QUADRA ESPORTIVA NA VILA FREDERICO LUCAREWISKI</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/772/772_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/772/772_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO A INSTALAÇÃO DA EMPRESA DE BEBIDAS SACI</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/773/773_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/773/773_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO A INSTALAÇÃO DA EMPRESA FRIGORÍFICO RAINHA DA PAZ EM JATAIZINHO</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/774/774_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/774/774_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES SOBRE O FUNCIONAMENTO DAS CÂMERAS DE MONITORAMENTO DE JATAIZINHO</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/775/775_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/775/775_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO AOS VALORES RECOLHIDOS PELA ECONORTE A TÍTULO DE ISS, BEM COMO CÓPIAS</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/776/776_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/776/776_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO AS GASTOS COM DIÁRIAS DE JANEIRO A AGOSTO DE 2015</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/777/777_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/777/777_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO A VIABILIDADE DE SE CONSTRUIR UM TERMINAL DE ÔNIBUS NA VILA FREDERICO LUCAREWISKI</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/778/778_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/778/778_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO AOS OBJETIVOS DAS AQUISIÇÕES REFERENTES AO PREGÃO 037/2015, NO VALOR DE R$ 90.000,00</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/848/848_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/848/848_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL REQUERENDO RELAÇÃO DE VEÍCULOS DE PROPRIEDADE DO MUNICÍPIO DE JATAIZINHO</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/849/849_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/849/849_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL REQUERENDO CÓPIAS E INFORMAÇÕES QUANTO A CONTRATO FIRMADO COM O HOSPITAL SÃO CAMILO</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/850/850_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/850/850_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL REQUERENDO INFORMAÇÕES SOBRE A RETOMADA DA APLICAÇÃO DO PISO SALARIAL DOS ACE E ACS DO PSF</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/851/851_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/851/851_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL REQUERENDO INFORMAÇÕES SOBRE A NÃO CONCESSÃO DE ABONO AOS SERVIDORES PÚBLICOS DE JATAIZINHO</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/852/852_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/852/852_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL REQUERENDO INFORMAÇÕES SOBRE O INICIO DAS OBRAS DA CONSTRUÇÃO DO CENTRO DE EDUCAÇÃO INFANTIL, BEM COMO CÓPIAS</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/853/853_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/853/853_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIA DAS REQUISIÇÕES DE COMBUSTÍVEL DESDE JULHO/2014</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>REQIE</t>
   </si>
   <si>
     <t>Requerimento Interno/Externo</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/</t>
   </si>
   <si>
     <t>REQUERENDO INFORMAÇÕES A RESPEITO DOS VEREADORES QUE PARTICIPARAM DO ENCONTRO/PALESTRA SOBRE A FEBRE AFTOSA NA ASSEMBLÉIA LEGISLATIVA E VALOR DAS DIÁRIAS</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>Felipe Werland Paim</t>
   </si>
   <si>
     <t>REQUER CÓPIA INTEGRAL DO PROJETO DE LEI Nº 012/2013</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA INTEGRAL DA DENUNCIA OFERTADA POR ÉLIO BATISTA DA SILVA CONTRA SUA PESSOA E DEMAIS VEREADORES, BEM COMO DE TODOS OS ATOS EFETUADOS EM DECORRÊNCIA DA MESMA ATÉ A PRESENTE DATA, DE FORMA IMEDIATA</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/748/748_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/748/748_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CONSERVAÇÃO DE BACK UP DAS FILMAGENS DE 31/JULHO DE 2015 DAS 8H ATÉ AS 11H DA MANHÃ E ENTREGA DE UMA CÓPIA DAS MESMAS.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>MAURÍLIO MARTIELHO, JORGE PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/749/749_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/749/749_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE EXERCICIO DO CARGO DE ASSESSORIA JURIDICA</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/750/750_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/750/750_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DO LIVRO-PONTO</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/751/751_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/751/751_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CERTIDÃO INFORMANDO ACERCA DAS DENÚNCIAS E REPRESENTAÇÕES EM TRAMITAÇÃO NA CÂMARA MUNICIPAL DE JATAIZINHO.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/752/752_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/752/752_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES ACERCA DA EXISTÊNCIA DE DOTAÇÃO ORÇAMENTÁRIA PARA CONCESSÃO DE DIÁRIAS.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/753/753_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/753/753_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DOS EXTRATOS BANCÁRIOS DAS CONTAS CORRENTES DA CÂMARA MUNICIPAL DE JATAIZINHO.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>Bruno Eduardo Sefrin Saladini</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/759/759_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/759/759_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO HORÁRIO ESPECIAL PARA ATENDER AS DEMANDAS DOS ESTUDOS COM A FLEXIBILIZAÇÃO DA CARGA HORÁRIA LABORAL</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>ALEX FARIA, JORGE PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/761/761_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/761/761_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÃO SOBRE CUMPRIMENTO DE EXIGÊNCIA EXPRESSA DA RESOLUÇÃO 003/2012 DO CÓDIGO DE ÉTICA E DECORO PARLAMENTAR, ART. 24.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/766/766_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/766/766_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO PARECER QUANTO A CONSTITUCIONALIDADE E LEGALIDADE DO ART 132, INCISO XVII, DO REGIMENTO INTERNO</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/767/767_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/767/767_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO INFORMAÇOES SOBRE A TRAMITAÇÃO DA DENUNCIA 001/2015 DE QUAL É AUTOR</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/781/781_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/781/781_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO CERTIDÃO LITERAL QUANTO AOS MOTIVOS DO NÃO PAGAMENTO DO SUBSÍDIO REFERENTE AO MÊS DE AGOSTO/2015 NA DATA DE COSTUME</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/782/782_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/782/782_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO DO DEPARTAMENTO CONTÁBIL CERTIDÃO LITERAL QUANTO AOS MOTIVOS DO NÃO PAGAMENTO DO SUBSÍDIO REFERENTE AO MÊS DE AGOSTO/2015 NA DATA DE COSTUME</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/784/784_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/784/784_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO CÓPIA DA PETIÇÃO APRESENTADA JUNTO AO TCE-PR, BEM COMO RECIBO DA PETIÇÃO ELETRÔNICA, NO PROCESSO 238412/06</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/785/785_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/785/785_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO CÓPIA DAS AUTORIZAÇÕES DE VIAGEM 36/2013 E 019/2014, BEM COMO DAS NOTAS DE EMPENHO, LIQUIDAÇÃO E PAGAMENTO, CHEQUES E ORDENS DE PAGAMENTO, E CÓPIA DAS NOTAS DE EMPENHO, LIQUIDAÇÃO E PAGAMENTO, CHEQUES E ORDENS DE PAGAMENTO, REFERENTE A PASSAGENS AÉREAS, ALÉM DE RELATÓRIOS DE VIAGENS DE TODOS OS ITENS</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/786/786_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/786/786_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO NOVA RESPOSTA A REQUERIMENTO ANTERIOR JÁ RESPONDIDO POR MOTIVO DE RESPOSTA INSUFICIENTE E DESCUMPRIMENTO DA LEI FEDERAL 12.527/2011</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/787/787_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/787/787_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO CÓPIAS DE NOTAS DE EMPENHO, LIQUIDAÇÃO E PAGAMENTO, NOTAS FISCAIS E RECIBOS, CHEQUES E ORDENS DE PAGAMENTO PELA PRESTAÇÃO DE SERVIÇOS LANÇADOS NA RUBRICA ORÇAMENTÁRIA 3.3.90.39.88.00</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>Carlos Massanori Morimoto</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/788/788_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/788/788_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO ESCLARECIMENTOS QUANTO AOS MOTIVOS DA AFIRMAÇÃO DO VEREADOR REINALDO CÍCERO MARTINS NA 14ª REUNIÃO EXTRAORDINÁRIA DE 01/09/2015</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/789/789_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/789/789_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO POSICIONAMENTO QUANTO A VÁRIAS PENDÊNCIAS FINANCEIRAS E CONTÁBEIS</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/790/790_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/790/790_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO CERTIDÃO A RESPEITO DE VÁRIAS INFORMAÇÕES</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/791/791_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/791/791_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO POSICIONAMENTO COM RELAÇÃO À PENDÊNCIAS DE EMPENHOS DE SETEMBRO</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/792/792_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/792/792_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMANDO O PRESIDENTE SOBRE A OBRIGAÇÃO JUNTO A ACAMPAR</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/793/793_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/793/793_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO A ASSINATURA DE CHEQUES PARA PAGAMENTO</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/795/795_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/795/795_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO CÓPIA DA PORTARIA DE EXONERAÇÃO APRESENTADA POR WAGNER MORENO BAPTISTA APRESENTADA NA CÂMARA</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/794/794_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/794/794_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO INFORMAÇÕES SE O EXECUTIVO MUNICIPAL ENCAMINHOU OS BALANCETES DE MAIO, JUNHO E JULHO/2015 À CÂMARA</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/796/796_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/796/796_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO INFORMAÇÕES SOBRE OS MOTIVOS DO NÃO PAGAMENTO DOS SUBSÍDIOS DOS VEREADORES ALEX FARIA, CLOVIS CORDEIRO, JORGE PEREIRA E MAURÍLIO MARTIELHO</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/797/797_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/797/797_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO CERTIDÃO QUANTO AO PAGAMENTO DE VEREADORES SUPLENTES NO MÊS DE AGOSTO/2015</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/798/798_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/798/798_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO CERTIDÃO QUANTO A REALIZAÇÃO DE PROCESSO LICITATÓRIO PARA CONTRATAÇÃO DE VEÍCULO OFICIAL PARA PUBLICAÇÃO DOS ATOS DA CÂMARA</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/799/799_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/799/799_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO DO CONTADOR CERTIDÃO QUANTO AO PAGAMENTO DOS VEREADORES SUPLENTES NO MÊS DE AGOSTO/2015, BEM COMO SE SERÃO PAGOS TAMBÉM EM SETEMBRO/2015</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/800/800_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/800/800_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO RELATÓRIO DE EMPENHOS ÀS EMPRESAS JL E JORNAL FOLHA REGIONAL</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/801/801_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/801/801_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO INFORMAÇÕES SOBRE DATA PARA EMISSÃO DE CHEQUES</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>João Pinto Filho</t>
   </si>
   <si>
     <t>REQUERENDO PROVIDÊNCIAS EM FACE DOS SERVIDORES TARCISO RODRIGUES DA SILVA, CARLOS MASSANORI MORIMOTO E SANDRO JULIANO FIDELIS</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/806/806_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/806/806_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUERENDO DA PRESIDÊNCIA PROVIDÊNCIAS QUANTO AOS VALORES PAGOS PELA CÂMARA A TÍTULO DE MULTAS </t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/812/812_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/812/812_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO LICENÇA DE 120 DIAS PARA TRATAR DE ASSUNTOS DE INTERESSE PARTICULAR, NOS TERMOS DO ART 77, III, DO RI</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/818/818_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/818/818_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO POSICIONAMENTO QUANTO AO PAGAMENTO DE SUBSÍDIOS A VEREADORES SUPLENTES, CONFORME OCORRÊNCIAS DE SETEMBRO/2015</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/819/819_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/819/819_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO ABERTURA DE PROCESSO ADMINISTRATIVO QUANTO AO PAGAMENTO DE MULTAS DE BOLETOS ATRASADOS COM RECURSOS PÚBLICOS</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>Sandro Juliano Fidelis, Tarciso Rodrigues Silva</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/820/820_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/820/820_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO INFORMAÇÕES A RESPEITO DA LOCALIZAÇÃO DE SUAS PASTAS FUNCIONAIS, BEM COMO CÓPIA DE CARGA, SE HOUVER</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/821/821_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/821/821_texto_integral.pdf</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/822/822_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/822/822_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO A INSTALAÇÃO DE SINDICÂNCIA QUANTO AO DESAPARECIMENTO DE PASTAS FUNCIONAIS DE SERVIDORES</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/824/824_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/824/824_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO CÓPIA INTEGRAL DOS DOCUMENTOS PROTOCOLADOS SOB O Nº. 835057/15 JUNTO AO PROCESSO DE ADMISSÃO EM CONCURSO PÚBLICO NO TCE Nº 32057-0/15</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>ALEX FARIA, Clovis Cordeiro, JORGE PEREIRA, MAURÍLIO MARTIELHO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/825/825_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/825/825_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O PAGAMENTO DE SEUS SUBSÍDIOS ATRASADOS NO PRAZO MÁXIMO DE 48 HORAS</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/826/826_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/826/826_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO A DISPONIBILIZAÇÃO DE TODOS OS DOCUMENTOS CONTÁBEIS DE MAIO A OUTUBRO/2015 PARA ANALISE ÀS 13H00 DO DIA 29/10/15</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/827/827_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/827/827_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO A DISPONIBILIZAÇÃO DE TODOS OS DOCUMENTOS EDITADOS DE MAIO A OUTUBRO/2015 PARA ANALISE ÀS 13H00 DO DIA 29/10/15</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/828/828_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/828/828_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO A RESTITUIÇÃO AOS COFRES DA CÂMARA QUANTO AOS SUBSÍDIOS PAGOS AOS SRS._x000D_
 ANTONIO LAÉRCIO DOS REIS, CLAUDINEI DE OLIVEIRA CABRAL, JOSÉ APARECIDO_x000D_
 RODRIGUES E REINALDO CÍCERO MARTINS</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/829/829_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/829/829_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO SEJA NOTICIADO AO MP QUANTO A REPRESENTAÇÃO EM PROCESSOS JUDICIAIS PELA ASSESSORIA JURÍDICA DA PRESIDÊNCIA, EM DETRIMENTO DO ADVOGADO EFETIVO</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>ALEX FARIA, JORGE PEREIRA, MAURÍLIO MARTIELHO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/830/830_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/830/830_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO A ANULAÇÃO DAS DELIBERAÇÕES TOMADAS PELOS SUPLENTES PROMOVENDO NOVA TRAMITAÇÃO</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/831/831_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/831/831_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO A EMISSÃO DE CERTIDÃO IMEDIATA QUANTO AOS MOTIVOS DA NEGATIVA DE ACESSO A INFORMAÇÃO</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/833/833_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/833/833_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CERTIDÃO DAS REUNIÕES OCORRIDAS NO MÊS DE SETEMBRO/15, BEM COMO AS FALTAS DOS VEREADORES, CÓPIAS DAS LISTAS DE PRESENÇA, ATESTADOS MÉDICOS APRESENTADOS E HOLERITES DE VEREADORES DO MÊS DE OUTUBRO/2015</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/834/834_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/834/834_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO CÓPIAS REFERENTES AOS PAGAMENTOS DOS SUBSÍDIOS DE VEREADORES DE AGOSTO A OUTUBRO/2015 E ATESTADOS</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/835/835_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/835/835_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO INFORMAÇÕES QUANTO AO NÃO PAGAMENTO DOS SUBSÍDIOS DOS SUBSCRITOS</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/836/836_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/836/836_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO CÓPIA DO LIVRO PONTO DOS SERVIDORES DO LEGISLATIVO DE JANEIRO/15 ATÉ A PRESENTE DATA</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/837/837_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/837/837_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO CÓPIA DAS RESCISÕES/EXONERAÇÕES DE JOÃO PINTO FILHO E KEETBY THERESE MIDAUAR SEGHESI</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/838/838_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/838/838_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO PORTARIAS E DOCUMENTOS DAS NOMEAÇÕES DE JOSÉ ROBERTO PAVÃO E RACHEL PESSOAL DE ALMEIDA</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/839/839_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/839/839_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO CÓPIAS REFERENTES AOS GASTOS COM PUBLICAÇÕES OFICIAIS DE JANEIRO A NOVEMBRO/2015</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/840/840_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/840/840_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO INFORMAÇÕES A RESPEITO DO NÃO PAGAMENTO DOS CRÉDITOS CONSIGNADOS E PENSÕES JUDICIAIS</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/841/841_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/841/841_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO INFORMAÇÕES SOBRE OS MOTIVOS DA DESTITUIÇÃO DA COMISSÃO DE LICITAÇÃO DA CÂMARA E A REMESSA DOS PROCEDIMENTOS AO EXECUTIVO</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/842/842_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/842/842_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO CÓPIA DA CONSULTA FORMULADA JUNTO AO TCE QUANTO AO PAGAMENTO DE VEREADORES TITULARES E SUPLENTES, BEM COMO DA RESPOSTAS</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/843/843_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/843/843_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO OS OFÍCIOS E RECOMENDAÇÕES ENCAMINHADAS PELO MINISTÉRIO PÚBLICO À CÂMARA DESDE MAIO/2015</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/844/844_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/844/844_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO CÓPIA DE TODOS OS PARECERES JURÍDICOS EMITIDOS DESDE JANEIRO/2015</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/845/845_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/845/845_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO INFORMAÇÕES QUANTO A PAGAMENTO EM DUPLICIDADE DE PUBLICIDADE DE ATO OFICIAL</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/846/846_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/846/846_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO PARECER JURÍDICO QUANTO A LEGALIDADE DAS VOTAÇÕES TIDAS PELOS VEREADORES SUPLENTES QUANDO DO AFASTAMENTO ILEGAL DOS TITULARES</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/847/847_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/847/847_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO A EMISSÃO DE PARECER QUANTO A LEGALIDADE DOS AFASTAMENTOS DE VEREADORES REALIZADOS PELA PRESIDÊNCIA</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/857/857_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/857/857_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO CÓPIA DOS PARECERES JURÍDICOS QUANTO A ADMISSIBILIDADE DAS DENUNCIAS APRESENTADAS, BEM COMO CÓPIA DAS MESMAS</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/858/858_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/858/858_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O DESCONTO DE FALTAS NOS SUBSÍDIOS DOS VEREADORES NAS 32ª, 33ª E 34ª REUNIÕES ORDINÁRIAS</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/859/859_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/859/859_texto_integral.pdf</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/860/860_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/860/860_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO SUA EXONERAÇÃO DO CARGO DE ASSISTENTE ADMINISTRATIVO A PARTIR DE 30/11/2015</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/861/861_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/861/861_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO CÓPIA DAS GRAVAÇÕES DO SISTEMA DE CÂMERAS REFERENTE AO DIA 19/11/15</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>SUBS</t>
   </si>
   <si>
     <t>Substitutivo à Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/813/813_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/813/813_texto_integral.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2762,68 +2762,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/670/670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/865/865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/679/679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/680/680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/684/684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/686/686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/708/708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/783/783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/802/802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/810/810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/811/811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/823/823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/855/855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/710/710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/702/702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/712/712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/779/779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/780/780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/814/814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/815/815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/856/856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/862/862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/681/681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/711/711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/832/832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/864/864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/646/646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/647/647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/687/687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/688/688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/690/690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/697/697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/698/698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/700/700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/713/713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/714/714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/754/754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/777/777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/778/778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/848/848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/849/849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/850/850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/851/851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/852/852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/853/853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/749/749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/750/750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/751/751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/752/752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/761/761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/767/767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/781/781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/785/785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/786/786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/787/787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/788/788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/789/789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/792/792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/793/793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/795/795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/797/797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/798/798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/801/801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/819/819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/822/822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/824/824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/825/825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/826/826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/827/827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/828/828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/829/829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/830/830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/833/833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/835/835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/836/836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/837/837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/842/842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/845/845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/846/846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/847/847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/858/858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/859/859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/860/860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/861/861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/813/813_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/670/670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/865/865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/679/679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/680/680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/684/684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/686/686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/708/708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/783/783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/802/802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/810/810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/811/811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/823/823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/855/855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/710/710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/702/702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/712/712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/779/779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/780/780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/814/814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/815/815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/856/856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/862/862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/681/681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/711/711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/832/832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/864/864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/646/646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/647/647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/687/687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/688/688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/690/690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/697/697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/698/698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/700/700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/713/713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/714/714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/754/754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/777/777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/778/778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/848/848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/849/849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/850/850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/851/851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/852/852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/853/853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/749/749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/750/750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/751/751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/752/752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/761/761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/767/767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/781/781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/785/785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/786/786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/787/787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/788/788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/789/789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/792/792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/793/793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/795/795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/797/797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/798/798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/801/801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/819/819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/822/822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/824/824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/825/825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/826/826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/827/827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/828/828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/829/829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/830/830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/833/833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/835/835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/836/836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/837/837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/842/842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/845/845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/846/846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/847/847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/858/858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/859/859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/860/860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/861/861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2015/813/813_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H227"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="60.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>