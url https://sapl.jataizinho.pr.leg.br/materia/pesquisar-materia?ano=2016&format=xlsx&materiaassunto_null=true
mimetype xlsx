--- v0 (2026-01-11)
+++ v1 (2026-03-15)
@@ -54,1332 +54,1332 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/877/877_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/877/877_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA A REDAÇÃO DO PARÁGRAFO ÚNICO DO ART. 1º DO PROJETO DE LEI Nº 005/2016</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/905/905_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/905/905_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA A REDAÇÃO DOS ARTIGOS 15, 18 E 19 DO PROJETO DE LEI Nº 011/2016</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/974/974_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/974/974_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA A REDAÇÃO DO ART. 4º DO PROJETO DE LEI Nº 032/2016</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Élio Batista da Silva</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/983/983_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/983/983_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O §2º NO ART. 1º E MODIFICA A REDAÇÃO DO PARÁGRAFO ÚNICO DO ART. 2º DO PROJETO DE LEI Nº 036/2016, QUE DISPÕE SOBRE O PARCELAMENTO DE DÉBITOS DO MUNICÍPIO DE JATAIZINHO COM O REGIME PRÓPRIO DE PREVIDÊNCIA - INSTITUTO DE PREVIDÊNCIA DOS SERVIDORES PÚBLICOS MUNICIPAIS DE JATAIZINHO</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Clovis Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/882/882_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/882/882_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO COMANDO DA POLÍCIA MILITAR DE JATAIZINHO PARA DIRECIONAMENTO DAS LIGAÇÕES AO NÚMERO 190 DE FORMA LOCAL</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>Fabio Polonia</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/883/883_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/883/883_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CRIAÇÃO DE UM NOVO PONTO DE TÁXI</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/884/884_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/884/884_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA DA QUADRA DE ESPORTE DO CONJUNTO MANOEL NOWIWKI E DE FORMA GERAL DO CONJUNTO ANTONIO JOSÉ VIEIRA</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/886/886_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/886/886_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A PROVIDÊNCIAS NA MANUTENÇÃO DA ESTRADA DE ACESSO A LOCALIDADE DA ÁGUA DO PARI, BEM COMO DA PONTE ALI EXISTENTE</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Wagner Baptista</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/890/890_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/890/890_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A VIABILIDADE DE SE ISENTAR OU CONCEDER DESCONTOS NAS TAXAS DE SERVIÇOS PÚBLICOS AOS AGRICULTORES FAMILIARES E AOS PEQUENOS AGRIGULTORES</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/891/891_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/891/891_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A PROMOÇÃO DE UM EVENTO CULTURAL VOLTADO À COMEMORAÇÃO DA INDUSTRIA CERAMISTA</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/895/895_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/895/895_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A PROVIDÊNCIAS NA RESTAURAÇÃO DE PLACAS DE IDENTIFICAÇÃO DE LOGRADOUROS PÚBLICOS, BEM COMO A AFIXAÇÃO DE NOVAS PLACAS</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/896/896_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/896/896_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CRIAÇÃO DE UM CENTRO CÍVICO NO LOCAL ONDE EXISTE UM CANTEIRO NO CENTRO DA PRAÇA FREI TIMÓTEO</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/897/897_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/897/897_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A LIMPEZA E MANUTENÇÃO DA PRAÇA ZEZE QUIRINO, LOCALIZADA NO CONJUNTO ANTONIO JOSÉ VIEIRA</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/898/898_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/898/898_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO AO RECAPE DAS PISTA DA PONTE SOBRE O RIO JATAIZINHO, NO ACESSO A VILA FREDERICO LUCAREWISKI, BEM COMO SUA MANUTENÇÃO</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/899/899_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/899/899_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A LIMPEZA DAS RUAS E AVENIDAS NO ENVOLTO DA PRAÇA FREI TIMÓTEO, BEM COMO DEFRONTE A PRAÇA TELÊMACO BORDA</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/900/900_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/900/900_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A ECONORTE QUANTO A CAPINA DO MATO EXISTENTE ÀS MARGENS DA TRINCHEIRA QUE DÁ ACESSO Á CIDADE DE JATAIZINHO</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/901/901_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/901/901_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO DER QUANTO A LIMPEZA E MANUTENÇÃO DA ESTRADA DE ACESSO A LOCALIDADE DO FREI TIMÓTEO</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/902/902_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/902/902_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO PASTOR FRANK DA SILVA PARABENIZANDO-O PELO TRABALHO REALIZADO À FRENTE DO CMDCA</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/903/903_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/903/903_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO SR. FLAUBERT SEMPREBOM, ESCRIVÃO DA POLÍCIA CIVIL DE IBIPORÃ, PARABENIZANDO-O PELA DEDICAÇÃO NO ATENDIMENTO DAS NECESSIDADES DA POPULAÇÃO DE JATAIZINHO</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/906/906_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/906/906_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CRIAÇÃO DE UM SERVIÇO ONLINE PARA O RECEBIMENTO DE DEMANDAS DA POPULAÇÃO</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/907/907_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/907/907_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CRIAÇÃO DO DIA MUNICIPAL DO ESPORTE, COM A REALIZAÇÃO DE PRÁTICAS ESPORTIVAS E GINCANAS</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/908/908_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/908/908_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A ENTREGA DE PLACA DE HOMENAGEM AOS SERVIDORES PÚBLICOS MUNICIPAIS QUE SE APOSENTAREM</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>JORGE PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/912/912_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/912/912_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO À DIRETORIA DA RÁDIO NOVA GERAÇÃO PARABENIZANDO-OS PELA OBTENÇÃO DA PRORROGAÇÃO PARA FUNCIONAMENTO</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/914/914_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/914/914_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONSTRUÇÃO DE UM PONTO DE ÔNIBUS NA AVENIDA PARANÁ DEFRONTE AO &amp;#8220;BAR DO ADRIANO&amp;#8221;</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/915/915_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/915/915_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CAPINA E ROÇAGEM DA VEGETAÇÃO NA RUA PARANÁ E TERRENOS DO JARDIM NOVO RIO</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/916/916_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/916/916_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA NA RUA TIBAGI</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/917/917_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/917/917_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A PODA DAS ÁRVORES EXISTENTES NA AVENIDA ORLANDO SALES STRIQUER</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/921/921_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/921/921_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO AO CORTE E PODA DE ÁRVORES EM TODO A CIDADE DE JATAIZINHO COM VISTAS A GARANTIR A VISIBILIDADE E A SEGURANÇA DE TODOS</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/922/922_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/922/922_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A DISPONIBILIZAÇÃO CONSTANTE DE UMA AUXILIAR DE ENFERMAGEM NOS PLANTÕES DAS AMBULÂNCIAS DO MUNICÍPIO</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/927/927_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/927/927_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONSTRUÇÃO DE UM PONTO DE ÔNIBUS PARA ESTUDANTES NO FREI TIMÓTEO</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/928/928_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/928/928_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO DER-PR QUANTO A MANUTENÇÃO E LIMPEZA DA RODOVIA PR443, PRINCIPALMENTE NA LOCALIDADE DO FREI TIMÓTEO</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/929/929_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/929/929_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO 5º BATALHÃO DE POLÍCIA MILITAR DE LONDRINA, QUANTO AO ENVIO DE VIATURAS PARA REALIZAREM PATRULHAS COM O INTUITO DE INIBIR O CRIME</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/930/930_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/930/930_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A SECRETARIA DE ESTADO DA SEGURANÇA PÚBLICA, QUANTO A POSSIBILIDADE DE SE AUMENTAR O EFETIVO POLICIAL EM JATAIZINHO</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/932/932_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/932/932_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A MANUTENÇÃO E CONSERVAÇÃO DA ESTRADA RURAL QUE DA ACESSO À LOCALIDADE DA FLORESTA</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/933/933_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/933/933_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A MANUTENÇÃO E CONSERVAÇÃO DA ESTRADA RURAL QUE DA ACESSO AO ASSENTAMENTO &amp;#8220;MAKUTA&amp;#8221;</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/935/935_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/935/935_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO À DIREÇÃO DA APAE DE JATAIZINHO PARABENIZANDO-OS PELO TRABALHO DESENVOLVIVO</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Adilson Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/936/936_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/936/936_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CRIAÇÃO DE VAGAS DE CARROS PARA CADEIRANTES DEFRONTE AO BANCO DO BRASIL E POSTO DE SAÚDE CENTRAL</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/946/946_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/946/946_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A ANTONIO NETTO PARABENIZANDO-O PELA QUALIDADE DE SEU TRABALHO NA CONFECÇÃO DE FOTOS DA CIDADE DE JATAIZINHO</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/947/947_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/947/947_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A ACEJA QUANTO A REALIZAÇÃO DE UMA REUNIÃO VISANDO AQUECER A ECONOMIA DE JATAIZINHO</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/948/948_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/948/948_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO À SUPERINTENDÊNCIA REGIONAL DO BANCO DO BRASIL, QUANTO AO FUNCIONAMENTO DOS CAIXAS ELETRÔNICOS NOS SÁBADOS, DOMINGOS E FERIADOS</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Anilton Murari</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A POSSIBILIDADE DE SE FIRMAR CONVÊNIO COM A ASSOCIAÇÃO DE PESCADORES VISANDO O INCENTIVO DAS PESCA ESPORTIVA E O TURISMO EM JATAIZINHO</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/959/959_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/959/959_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO À PRESIDÊNCIA DA COHAPAR QUANTO A POSSIBILIDADE DA CONSTRUÇÃO DE HABITACIONAIS EM JATAIZINHO</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/960/960_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/960/960_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO À SECRETARIA DE ESTADO DA EDUCAÇÃO QUANTO A CONSTRUÇÃO DO MURO NO ENTORNO DO COLÉGIO ESTADUAL ADÉLIA ANTUNES LOPES</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/961/961_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/961/961_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO À SECRETARIA DE ESTADO DA SEGURANÇA PÚBLICA QUANTO A VIABILIDADE DE SE REATIVAR A POLÍCIA CIVIL EM JATAIZINHO</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/962/962_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/962/962_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO À GERÊNCIA DO BANCO DO BRASIL DE JATAIZINHO QUANTO A POSSIBILIDADE DE PARTICIPAR DE UMA REUNIÃO ORDINÁRIA DA CASA PARA FALAR SOBRE OS SERVIÇOS DO BANCO</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/963/963_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/963/963_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A REALIZAÇÃO DA RECUPERAÇÃO DA PONTE EXISTENTE NA LOCALIDADE RURAL DA ROSEIRA</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>MAURÍLIO MARTIELHO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/964/964_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/964/964_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO À SRA. ANGELA MARIA MENEZES PELO TRABALHO DESENVOLVIDO NO DEPARTAMENTO DE SAÚDE, BEM COMO À SRA. MICHELINE CARDOSO DESEJANDO SUCESSO NO CARGO</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/965/965_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/965/965_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO MÉDICOS CUBANOS QUE ATUARAM NO PROGRAMA &amp;#8220;MAIS MÉDICOS&amp;#8221;, PARABENIZANDO-OS PELO TRABALHO DESENVOLVIDO</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/971/971_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/971/971_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AOS FUNCIONÁRIOS, PROFESSORES E DIREÇÃO DO CMEI IEDA GARCIA TANAKA PARABENIZANDO-OS PELA REALIZAÇÃO DA MOSTRA PEDAGÓGICA</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/972/972_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/972/972_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO SECRETÁRIO DE ESTADO DA SEGURANÇA PÚBLICA, QUANTO AO AUMENTO DO PATRULHAMENTO RURAL EM JATAIZINHO</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/973/973_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/973/973_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO DESTACAMENTO DE POLÍCIA MILITAR, QUANTO AO AUMENTO DO PATRULHAMENTO NAS RUAS COMERCIAIS, BEM COMO NOS COLÉGIOS E ESCOLAS APÓS AS AULAS</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/975/975_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/975/975_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIDO DE OFÍCIO AO EXECUTIVO MUNICIPAL, QUANTO A LIMPEZA E MANUTENÇÃO DO PRÉDIO ONDE FUNCIONA O CONSELHO TUTELAR</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/976/976_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/976/976_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIDO DE OFÍCIO AO EXECUTIVO MUNICIPAL, QUANTO A REALIZAÇÃO DE UMA OPERAÇÃO &amp;#8220;TAPA-BURACOS&amp;#8221; NAS PRINCIPAIS AVENIDAS DE JATAIZINHO</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/977/977_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/977/977_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIDO DE OFÍCIO A DIREÇÃO DA ESCOLA MATRIARCA, PARABENIZANDO-OS PELA REALIZAÇÃO DA MOSTRA PEDAGÓGICA NA ÚLTIMA SEXTA-FEIRA</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>GORDO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/979/979_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/979/979_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A PODA DE ÁRVORES E MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA NA RUA ORLANDO SALLES STRIQUER</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Executiva</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/945/945_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/945/945_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA O DECRETO LEGISLATIVO Nº. 001/2013</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/866/866_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/866/866_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DO SUBSÍDIO DOS VEREADORES, PREFEITO, VICE-PREFEITO E SECRETÁRIOS MUNICIPAIS DE JATAIZINHO, ESTADO DO PARANÁ</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/868/868_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/868/868_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A NOTA FISCAL ELETRÔNICA DE SERVIÇOS E DISPÕE SOBRE A GERAÇÃO E UTILIZAÇÃO DE CRÉDITOS TRIBUTÁRIOS PARA TOMADORES DE SERVIÇOS NO MUNICÍPIO DE JATAIZINHO</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/869/869_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/869/869_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA AS TABELAS DE VENCIMENTOS (ANEXO IV E V) DA LEI MUNICIPAL Nº 1004/13, DE 02/10/2013</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/872/872_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/872/872_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A CONCEDER DIREITO REAL DE USO SOBRE PARTE DE IMÓVEL PERTENCENTE A MUNICIPALIDADE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/873/873_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/873/873_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE PISO SALARIAL PROFISSIONAL AOS AGENTES COMUNITÁRIOS DE SAÚDE E AGENTES DE COMBATE ÀS ENDEMIAS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/874/874_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/874/874_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER REPOSIÇÃO SALARIAL AOS SERVIDORES PÚBLICOS MUNICIPAIS ATIVOS DA ADMINISTRAÇÃO DIRETA E INTRODUZ ALTERAÇÕES NAS TABELAS DE ÍNDICES SALARIAIS DA LEI QUE DISPÕE SOBRE O PLANO DE CARGOS, CARREIRAS E SALÁRIOS DO PODER EXECUTIVO MUNICIPAL</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/875/875_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/875/875_texto_integral.pdf</t>
   </si>
   <si>
     <t>AMPLIA O PERÍODO DAS LICENÇAS-MATERNIDADE E PATERNIDADE DOS SERVIDORES PÚBLICOS MUNICIPAIS DE JATAIZINHO</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/876/876_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/876/876_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER REPOSIÇÃO SALARIAL AOS SERVIDORES PÚBLICOS MUNICIPAIS ATIVOS DO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO - SAAE DE JATAIZINHO</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/878/878_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/878/878_texto_integral.pdf</t>
   </si>
   <si>
     <t>RATIFICA A ALTERAÇÃO E CONSOLIDAÇÃO DO CONTRATO DE CONSÓRCIO PÚBLICO FIRMADO ENTRE OS MUNICÍPIOS INTEGRANTES DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DO MÉDIO PARANAPANEMA - CISMEPAR</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/879/879_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/879/879_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE JATAIZINHO PARA O EXERCÍCIO DE 2016</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/880/880_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/880/880_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O MUNICÍPIO DE JATAIZINHO PARA O EXERCÍCIO DE 2017 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/888/888_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/888/888_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSOLIDAÇÃO DA POLÍTICA MUNICIPAL DE ATENDIMENTO AOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>JORGE PEREIRA, MAURÍLIO MARTIELHO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/889/889_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/889/889_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO ÓRGÃO OFICIAL DE IMPRENSA ESCRITA DO MUNICÍPIO DE JATAIZINHO, ESTADO DO PARANÁ, O JORNAL FOLHA DE JATAIZINHO</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/892/892_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/892/892_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA NO MUNICÍPIO DE JATAIZINHO O TRANSPORTE INDIVIDUAL DE PASSAGEIROS E O SERVIÇO DE ENTREGA DE MERCADORIAS, PORTA A PORTA, EM VEÍCULO AUTOMOTOR, TIPO MOTOCICLETA E TRICICLO (MOTOCAR), MOTO-TÁXI E MOTO ENTREGA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>INSTITUI E INCLUI NO CALENDÁRIO MUNICIPAL DE EVENTOS O "DIA MUNICIPAL DA REFORMA PROTESTANTE"</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>ALEX FARIA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/909/909_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/909/909_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SUBSÍDIO DOS VEREADORES DO MUNICÍPIO DE JATAIZINHO, ESTADO DO PARANÁ, PARA A 17ª LEGISLATURA DE 2017 A 2020</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/910/910_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/910/910_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SUBSÍDIO MENSAL DO PREFEITO, DO VICE-PREFEITO E DOS SECRETÁRIOS MUNICIPAIS DO MUNICÍPIO DE JATAIZINHO, ESTADO DO PARANÁ, PARA OS EXERCÍCIOS DE 2017 A 2020</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>Wagner Baptista, Fabio Polonia, JORGE PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/918/918_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/918/918_texto_integral.pdf</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIA A EXISTÊNCIA DE RELÓGIO E GUARDA-VOLUMES NAS AGÊNCIAS E POSTOS BANCÁRIOS, E REGULAMENTA OUTROS ASPECTOS DO ATENDIMENTO DAS INSTITUIÇÕES BANCÁRIAS AOS SEUS CLIENTES E TODOS OS DEMAIS USUÁRIOS DE SEUS SERVIÇOS.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/923/923_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/923/923_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SUBSÍDIO DOS VEREADORES DO MUNICÍPIO DE JATAIZINHO, ESTADO DO PARANÁ, PARA A LEGISLATURA DE 2017 A 2020</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/924/924_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/924/924_texto_integral.pdf</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/925/925_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/925/925_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROJETO &amp;#8220;REMÉDIO EM CASA&amp;#8221; PARA ENTREGA DOMICILIAR DE MEDICAMENTOS A PACIENTES CADASTRADOS NA REDE BÁSICA DE ATENDIMENTO MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/926/926_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/926/926_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O CONSÓRCIO INTERGESTORES PARANÁ SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/931/931_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/931/931_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI Nº1001/2013, QUE ALTERA A TABELA DE ZONEAMENTO CONSTANTE DO ANEXO II DA LEI Nº759/2007 QUE DISPÕE SOBRE O USO E OCUPAÇÃO DO SOLO URBANO DO MUNICÍPIO DE JATAIZINHO.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/934/934_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/934/934_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER DIREITO REAL DE USO SOBRE IMÓVEL PERTENCENTE A MUNICIPALIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/938/938_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/938/938_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES DOS ANEXOS DO PPA - PLANO PLURIANUAL, E LDO - LEI DE DIRETRIZES ORÇAMENTÁRIAS NA UNIDADE ORÇAMENTÁRIA SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO - SAAE, PARA O EXERCÍCIO DE 2017 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/939/939_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/939/939_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVISA A PROGRAMAÇÃO DO PLANO PLURIANUAL DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/940/940_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/940/940_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE JATAIZINHO PARA O EXERCÍCIO DE 2017</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/942/942_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/942/942_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA CASA ABRIGO DE JATAIZINHO PARA CRIANÇAS E ADOLESCENTES EM SITUAÇÃO DE RISCO PESSOAL E SOCIAL, DE CARGOS EM COMISSÃO E EFETIVO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/943/943_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/943/943_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DA CÂMARA MUNICIPAL DE JATAIZINHO, NO VALOR DE R$ 50.000,00 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/944/944_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/944/944_texto_integral.pdf</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/954/954_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/954/954_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE JATAIZINHO PARA O EXERCÍCIO DE 2016.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/957/957_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/957/957_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A ALÍQUOTA DO ISSQN DO SUBITEM 22.01, DA TABELA II, DO CÓDIGO TRIBUTÁRIO MUNICIPAL</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/958/958_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/958/958_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL A CTNH - COMUNIDADE TERAPÊUTICA NOVO HORIZONTE DE JATIZINHO</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/966/966_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/966/966_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE JATAIZINHO, ATRAVÉS DO PODER EXECUTIVO MUNICIPAL, A PROCEDER, MEDIANTE DISPENSA DE LICITAÇÃO, À CESSÃO DE DIREITO REAL DE USO DE UMA ÁREA DE TERRAS MEDINDO 387,20 M2, DESTACADA DO LOTE LB COM ÁREA DE 1.000,00 M2 DO JARDIM MARIA JÚLIA, OBJETO DA MATRÍCULA Nº6.591 DO CRI DE URAÍ-PR, À PRIMEIRA IGREJA EVANGÉLICA PENTECOSTAL O BRASIL PARA CRISTO DE JATAIZINHO.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/970/970_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/970/970_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA OS VENCIMENTOS DOS CARGOS EFETIVOS E COMISSIONADOS DA CÂMARA MUNICIPAL DE JATAIZINHO</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/982/982_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/982/982_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO DE DÉBITOS DO MUNICÍPIO DE JATAIZINHO COM O (REGIME PRÓPRIO DE PREVIDÊNCIA), INSTITUTO DE PREVIDÊNCIA DOS SERVIDORES PÚBLICOS MUNICIPAIS DE JATAIZINHO</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/867/867_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/867/867_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE REPOSIÇÃO SALARIAL AOS SERVIDORES DO QUADRO DE PESSOAL DA CÂMARA MUNICIPAL DE JATAIZINHO</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/941/941_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/941/941_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DA CÂMARA MUNICIPAL DE JATAIZINHO, NO VALOR DE R$ 600,00 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/967/967_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/967/967_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVO NA RESOLUÇÃO Nº 004, DE 14 DE ABRIL DE 1998, A QUAL DISPÕE SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE JATAIZINHO</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/968/968_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/968/968_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA RESOLUÇÃO Nº 003, DE 14 DE DEZEMBRO DE 2012, A QUAL DISPÕE SOBRE O CÓDIGO DE ÉTICA E DECORO PARLAMENTAR DA CÂMARA MUNICIPAL DE JATAIZINHO</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/969/969_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/969/969_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROMOVE ALTERAÇÕES, EXCLUSÕES E ADIÇÃO EM DISPOSITIVOS E ANEXOS DA RESOLUÇÃO Nº. 007, DE 22 DE JUNHO DE 2004 (PLANO DE CARGOS, CARREIRAS E VENCIMENTOS DA CÂMARA MUNICIPAL DE JATAIZINHO)</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/870/870_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/870/870_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIA INTEGRAIS DOS PROCESSOS DE CONCESSÃO DE DIÁRIAS DE DEZEMBRO/2015 ATÉ A PRESENTE DATA</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/871/871_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/871/871_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO AOS MOTIVOS DE VEÍCULOS DO MUNICÍPIO PRESTAREM SERVIÇOS EM PROPRIEDADE PARTICULAR, BEM COMO CÓPIAS</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/885/885_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/885/885_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIAS DE REGISTROS PONTOS, BEM COMO DE FICHAS FINANCEIRAS DOS SERVIDORES MUNICIPAIS ADILSON GONÇALVES DA SILVA, CÍCERO APARECIDO GUIMARÃES E WILSON FERNANDES</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/904/904_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/904/904_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES E CÓPIAS REFERENTES A SITUAÇÃO DO TERRENO DE PROPRIEDADE DO MUNICÍPIO ONDE ENCONTRAVA-SE LOCALIZADO O CLUBE JATAY FUTEBOL E REGATAS</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/911/911_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/911/911_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO A ENTREGA DE QUADRAS DE ESPORTES E COBERTURAS EM ESCOLAS MUNICIPAIS</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>MAURÍLIO MARTIELHO, ALEX FARIA, Fabio Polonia, JORGE PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/913/913_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/913/913_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO A CRIAÇÃO DE UMA CPI PARA APURAR A AQUISIÇÃO DE DUAS IMPRESSORAS, POR PARTE DA CÂMARA DE JATAIZINHO</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>Fabio Polonia, Clovis Cordeiro, JORGE PEREIRA, LAÉRCIO QUITÉRIO, MAURÍLIO MARTIELHO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/919/919_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/919/919_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO PROCON LONDRIONA SOLICITANDO INFORMAÇÕES A RESPEITO DO NÃO ATENDIMENTO PELO ÓRGÃO AOS MUNÍCIPES DE JATAIZINHO</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>LAÉRCIO QUITÉRIO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/949/949_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/949/949_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO AOS VALORES RECOLHIDOS PELA ECONORTE A TÍTULO DE ISS DE JANEIRO À PRESENTE DATA</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/950/950_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/950/950_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES SE A EMPRESA VIAÇÃO OURO BRANCO RECOLHE O IMPOSTO ISS AO MUNICÍPIO DE JATAIZINHO</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/951/951_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/951/951_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO A VÁRIAS UNIDADES DE CAVALETES DE CONCRETO QUE SE ENCONTRAVAM DEPOSITADOS NA ASSOCIAÇÃO DOS SERVIDORES PÚBLICOS DE JATAIZINHO</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/952/952_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/952/952_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO AO SERVIDOR MUNICIPAL WILSON FERNANDES</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/953/953_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/953/953_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO AO SERVIDOR MUNICIPAL ADILSON GONÇALVES DA SILVA</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/955/955_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/955/955_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES E CÓPIAS A RESPEITO DO &amp;#8220;CYBER CAFÉ&amp;#8221; LOCALIZADO NA RUA CARMELA DUTRA</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/980/980_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/980/980_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO DO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO  INFORMAÇÕES A RESPEITO DO PAGAMENTO DO 1/3 (UM TERÇO) DE FÉRIAS CONSTITUCIONAIS AOS SERVIDORES DURANTE O EXERCÍCIO DE 2016</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/981/981_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/981/981_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO DO ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DA FROTA DE VEÍCULOS DE PROPRIEDADE DO MUNICÍPIO DE JATAIZINHO</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>REQIE</t>
   </si>
   <si>
     <t>Requerimento Interno/Externo</t>
   </si>
   <si>
     <t>ALEX FARIA, JORGE PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/881/881_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/881/881_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEREM A REALIZAÇÃO DE AUDITORIA INTERNA E EMISSÃO DE RELATÓRIO</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/887/887_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/887/887_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES ADICIONAIS COM RELAÇÃO AO PROJETO DE LEI Nº 010/2016</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>Tarciso Rodrigues Silva</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/920/920_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/920/920_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSULTA A RESPEITO DA ACEITAÇÃO DE TITULARIDADE DE PÓS-GRADUAÇÃO PARA PROGRESSÃO CONFORME ESTABELECIDO NO PLANO DE CARGOS E CARREIRAS DO LEGISLATIVO</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>Sandro Juliano Fidelis</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/937/937_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/937/937_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O RECONHECIMENTO E IMPLANTAÇÃO DE ADICIONAL POR TEMPO DE SERVIÇO DE 15 (QUINZE) ANOS DE SERVIÇOS PRESTADOS À CÂMARA MUNICIPAL DE JATAIZINHO</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/978/978_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/978/978_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO DISPENSA DO TRABALHO POR TER PRESTADO SERVIÇOS À JUSTIÇA ELEITORAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1686,68 +1686,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/877/877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/905/905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/974/974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/983/983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/882/882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/883/883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/884/884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/886/886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/891/891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/895/895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/896/896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/897/897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/898/898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/899/899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/900/900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/901/901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/902/902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/903/903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/906/906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/907/907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/912/912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/914/914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/915/915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/917/917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/921/921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/922/922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/927/927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/928/928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/929/929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/930/930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/932/932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/933/933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/935/935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/936/936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/946/946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/947/947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/948/948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/959/959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/960/960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/961/961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/962/962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/963/963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/964/964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/965/965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/971/971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/972/972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/973/973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/975/975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/976/976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/977/977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/979/979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/945/945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/866/866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/868/868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/869/869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/872/872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/876/876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/878/878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/879/879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/880/880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/888/888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/889/889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/892/892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/910/910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/918/918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/923/923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/924/924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/925/925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/926/926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/931/931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/934/934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/938/938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/939/939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/940/940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/942/942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/943/943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/944/944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/954/954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/957/957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/958/958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/966/966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/970/970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/982/982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/867/867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/941/941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/967/967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/968/968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/969/969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/871/871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/885/885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/904/904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/911/911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/913/913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/919/919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/949/949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/950/950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/951/951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/952/952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/953/953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/955/955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/980/980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/981/981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/881/881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/887/887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/920/920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/937/937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/978/978_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/877/877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/905/905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/974/974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/983/983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/882/882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/883/883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/884/884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/886/886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/891/891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/895/895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/896/896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/897/897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/898/898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/899/899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/900/900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/901/901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/902/902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/903/903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/906/906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/907/907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/912/912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/914/914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/915/915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/917/917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/921/921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/922/922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/927/927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/928/928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/929/929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/930/930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/932/932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/933/933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/935/935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/936/936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/946/946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/947/947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/948/948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/959/959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/960/960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/961/961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/962/962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/963/963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/964/964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/965/965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/971/971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/972/972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/973/973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/975/975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/976/976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/977/977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/979/979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/945/945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/866/866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/868/868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/869/869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/872/872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/876/876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/878/878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/879/879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/880/880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/888/888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/889/889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/892/892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/910/910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/918/918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/923/923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/924/924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/925/925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/926/926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/931/931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/934/934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/938/938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/939/939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/940/940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/942/942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/943/943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/944/944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/954/954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/957/957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/958/958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/966/966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/970/970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/982/982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/867/867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/941/941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/967/967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/968/968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/969/969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/871/871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/885/885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/904/904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/911/911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/913/913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/919/919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/949/949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/950/950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/951/951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/952/952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/953/953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/955/955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/980/980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/981/981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/881/881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/887/887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/920/920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/937/937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2016/978/978_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H118"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="80.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>