--- v0 (2026-01-10)
+++ v1 (2026-03-14)
@@ -54,2598 +54,2598 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>Denúncia</t>
   </si>
   <si>
     <t>ALEX FARIA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1208/1208_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1208/1208_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENÚNCIA CONTRA O VEREADOR/PRESIDENTE POR QUEBRA DO DECORO PARLAMENTAR E ABUSO DE PODER</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1101/1101_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1101/1101_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA A REDAÇÃO DE ARTIGOS DO PROJETO DE LEI Nº 007/2017</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>CLAUDINEI CABRAL</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/984/984_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/984/984_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A PROVIDÊNCIAS RELACIONADAS A VEÍCULOS OFICIAIS</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/992/992_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/992/992_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A RESERVA E SINALIZAÇÃO DE VAGAS PARA CADEIRANTES, IDOSOS E EMBARQUE E DESEMBARQUE DEFRONTE A BANCOS E ÓRGÃOS PÚBLICOS</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>ADIR LEITE</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/993/993_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/993/993_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A REFORMA E MANUTENÇÃO DA PONTE LOCALIZADO SOBRE O RIBEIRÃO JANGADA, BEM COMO DAS ESTRADAS RURAIS DE FORMA GERAL</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/994/994_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/994/994_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A DISPONIBILIZAÇÃO DE AO MENOS DUAS AMBULÂNCIAS PARA OS ATENDIMENTOS DO SETOR DE SAÚDE</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/995/995_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/995/995_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A IMPLANTAÇÃO DO ADICIONAL POR INSALUBRIDADE AOS SERVIDORES LOTADOS NO &amp;#8220;BARRACÃO&amp;#8221;</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/996/996_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/996/996_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A EXTENSÃO DA LINHA DO ÔNIBUS ESCOLAR ATÉ A PRAÇA ZEZÉ QUIRINO</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/997/997_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/997/997_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONSTRUÇÃO DE ELEVADOS (QUEBRA-MOLAS) DEFRONTES AS ESCOLAS D PEDRO II, ADÉLIA ANTUNES LOPES E PARIGOT DE SOUZA</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1000/1000_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1000/1000_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A AMPLIAÇÃO DO CEMITÉRIO MUNICIPAL</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>LAÉRCIO QUITÉRIO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1002/1002_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1002/1002_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONTRATAÇÃO URGENTE DE UM MÉDICO PROFISSIONAL EM PEDIATRIA</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1003/1003_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1003/1003_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONSTRUÇÃO DE UMA CAPELA MORTUÁRIA</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1004/1004_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1004/1004_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A AMPLIAÇÃO DA PONTE SOBRE O RIBEIRÃO JATAIZINHO QUE DÁ ACESSO A VILA FREDERICO LUCAREWISKI</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1005/1005_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1005/1005_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONSTRUÇÃO DO PASSEIO PÚBLICO (CALÇADA) NO COLÉGIO PARIGOT DE SOUZA</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1006/1006_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1006/1006_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A INSTALAÇÃO DE PADRÃO DE ENERGIA ELÉTRICA EM TODAS AS RESIDÊNCIAS PÚBLICAS OCUPADAS POR SERVIDORES PÚBLICOS</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1007/1007_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1007/1007_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A DISPONIBILIZAÇÃO, DE FORMA PRÉVIA, DOS HOLERITES AOS SERVIDORES PÚBLICOS MUNICIPAIS</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1008/1008_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1008/1008_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONSTRUÇÃO DE UM BUEIRO (BOCA DE LOBO), NA AVENIDA NICOLA PANSARDI, ESQUINA COM A RUA PAUL PERCY HARRIS</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1009/1009_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1009/1009_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A ESCOAÇÃO DAS POÇAS DE ÁGUA QUE SE ACUMULA NA RUA CURITIBA</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1010/1010_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1010/1010_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A MANUTENÇÃO DA RUA RIO GRANDE DO SUL</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>GORDO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1011/1011_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1011/1011_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO SINALIZAÇÃO DO CRUZAMENTO DAS RUA CARMELA DUTRA COM A AVENIDA ANTONIO BRANDÃO DE OLIVEIRA</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1012/1012_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1012/1012_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CAPINA DOS TERRENOS QUE SE ENCONTRAM TOMADOS PELA VEGETAÇÃO</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1013/1013_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1013/1013_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO PREFEITO  MUNICIPAL DE ASSAÍ E AO DIRETOR DO DEPARTAMENTO DE VIAÇÃO URBANA, PARABENIZANDO-OS PELA RECUPERAÇÃO DE UMA PONTE NA LOCALIDADE RURAL DA JANGADA</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1017/1017_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1017/1017_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A REALIZAÇÃO DA NECESSÁRIA SINALIZAÇÃO, ATRAVÉS DA NUMERAÇÃO E NOMEAÇÃO DE RUAS, DOS CONJUNTOS FREI GERÔNIMO E ALTO DA BOA VISTA</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1018/1018_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1018/1018_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A SINALIZAÇÃO DA AVENIDA BENJAMIM GIAVARINA, A FIM DE ATENDER A LEI MUNICIPAL Nº 1036/2015</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1019/1019_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1019/1019_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A MANUTENÇÃO URGENTE DE TODO O SISTEMA DE ILUMINAÇÃO PÚBLICA DA CIDADE DE JATAIZINHO</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1026/1026_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1026/1026_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A DISPONIBILIZAÇÃO DE UM BEBEDOURO NA UNIDADE DE SAÚDE DA VILA FREDERICO LUCAREWISKI</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1028/1028_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1028/1028_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A REVITALIZAÇÃO DA PRAÇA TELÊMACO BORBA</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1029/1029_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1029/1029_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A ELABORAÇÃO DE LEGISLAÇÃO A RESPEITO DA COLETA DE ENTULHOS E A COBRANÇA DE TAXA</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1030/1030_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1030/1030_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A MANUTENÇÃO DA PONTE LOCALIZADA NA ÁGUA DAS FLORES</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1031/1031_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1031/1031_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A MANUTENÇÃO DA ILUMINAÇÃO DA PONTE SOBRE O RIO TIBAGI</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1051/1051_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1051/1051_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A EXTENSÃO DO VALE ALIMENTAÇÃO AOS SERVIDORES AFASTADOS POR MOTIVO DE SAÚDE</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1056/1056_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1056/1056_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CRIAÇÃO DA GUARDA MUNICIPAL</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1058/1058_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1058/1058_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONSTRUÇÃO DE UM BUEIRO NA ESQUINA DA AVENIDA PRESIDENTE GETÚLIO VARGAS COM A RUA CURITIBA</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1060/1060_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1060/1060_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO AO MOLEDAMENTO DA RUA ANTONIO PAVÃO E CONSTRUÇÃO DE UM BUEIRO NA ESQUINA DESTA RUA COM AVENIDA NICOLA PANSARDI</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1061/1061_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1061/1061_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONSTRUÇÃO DE 02 (DOIS) QUEBRA-MOLAS NA RUA ARISTIDES BITTENCOURT NO CONJUNTO ANTONIO JOSÉ VIEIRA</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1064/1064_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1064/1064_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A MANUTENÇÃO URGENTE DA ESTRADA QUE LIGA O BAIRRO BELA VISTA À RUA RIO GRANDE DO SUL, NA VILA PAVÃO</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1065/1065_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1065/1065_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A MUDANÇA NO HORÁRIO DE ATENDIMENTO DOS SERVIÇOS ODONTOLÓGICOS DAS 17H00 ÀS 21H00</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1066/1066_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1066/1066_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A SINALIZAÇÃO, ATRAVÉS DA ADESIVAÇÃO, DE VEÍCULOS QUE FAZEM PARADAS CONSTANTES TAIS COMO ÔNIBUS ESCOLARES E CAMINHÕES DO MUNICÍPIO</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1067/1067_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1067/1067_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A DISPONIBILIZAÇÃO DE UNIFORMES E EQUIPAMENTOS TAIS COMO LUVAS E BOTAS AOS SERVIDORES MUNICIPAIS</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1068/1068_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1068/1068_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A DISPONIBILIZAÇÃO DE UNIFORME AOS ALUNOS DA REDE MUNICIPAL DE EDUCAÇÃO</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1069/1069_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1069/1069_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONSTRUÇÃO DE UM QUEBRA-MOLAS NA RUA ROQUE CONDUTA NO CONJUNTO MILTON FÉLIX PESSOA</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1070/1070_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1070/1070_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONSTRUÇÃO DE UMA ROTATÓRIA NA ESQUINA DA AVENIDA ANTONIO BRANDÃO DE OLIVEIRA COM A RUA CARMELA DUTRA</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>CLAUDINEI CABRAL, GORDO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1072/1072_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1072/1072_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL ENCAMINHANDO MINUTA DE PROJETO DE LEI VISANDO INSTITUIR O PROGRAMA PASSE LIVRE ESTUDANTIL NO MUNICÍPIO DE JATAIZINHO</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1078/1078_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1078/1078_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONSTRUÇÃO DE UM QUEBRA-MOLAS DEFRONTE AO CMEI IEDA TANAKA, NA AVENIDA ORLANDO SALLES STRIQUER</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1079/1079_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1079/1079_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A POSSIBILIDADE DE SE EDITAR LEI VISANDO ISENTAR DO IPTU PESSOAS PORTADORAS DE DOENÇAS CRÔNICAS</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1080/1080_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1080/1080_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A NOMEAÇÃO DE UMA RUA LOCALIZADA NO JARDIM GUIDO CONTATO</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1091/1091_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1091/1091_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A DISPONIBILIZAÇÃO DE UMA CAÇAMBA PARA RECOLHIMENTO DE ENTULHOS NO CEMITÉRIO MUNICIPAL</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1092/1092_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1092/1092_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO DER/PR QUANTO A MANUTENÇÃO DA ESTRADA QUE DÁ ACESSO A LOCALIDADE RURAL DO FREI TIMÓTEO</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1102/1102_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1102/1102_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A MANUTENÇÃO DA ILUMINAÇÃO NO PERÍMETRO URBANO DA ESTRADA PARA O FREI TIMÓTEO (PR-090)</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1103/1103_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1103/1103_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONSTRUÇÃO DE UMA GALERIA PLUVIAL NA RUA ANTONIO MAURO FEDATO</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1108/1108_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1108/1108_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL ENCAMINHANDO MODELO DE PROJETO DE LEI COM O INTUITO DE REGULAMENTAR A DISPONIBILIZAÇÃO DE VEÍCULOS E MAQUINÁRIOS DO MUNICÍPIO À PARA A REALIZAÇÃO DE SERVIÇOS PARTICULARES</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1116/1116_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1116/1116_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A MANUTENÇÃO DA ESTRADA MUNICIPAL DA ÁGUA BRANCA</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1117/1117_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1117/1117_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A MANUTENÇÃO DOS SISTEMA DE ILUMINAÇÃO PÚBLICA (LÂMPADAS) EXISTENTES NA PR-443, DENTRO DO PERÍMETRO URBANO DE JATAIZINHO</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1124/1124_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1124/1124_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO À VIAÇÃO OURO BRANCO QUANTO A DISPONIBILIZAÇÃO DE NOVOS ITINERÁRIOS NO TRANSPORTE COLETIVO</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1128/1128_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1128/1128_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A INSTALAÇÃO DE LÂMPADAS NA PR-443, NA LOCALIDADE DA ÁGUA DO TAQUARI, DEFRONTE A FAZENDA SANTO ONOFRE</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1144/1144_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1144/1144_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONSTRUÇÃO DE GALERIAS PLUVIAIS ANTES DO EMPEDRAMENTO NA ESTRADA PR-443 E NA RUA RIO GRANDE DO SUL</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1149/1149_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1149/1149_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A INSTALAÇÃO DE TANQUES AÉREOS DE COMBUSTÍVEIS A FIM DE GERAR ECONOMIA E CONTROLE</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1157/1157_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1157/1157_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO SAAE QUANTO A PREPARAÇÃO DAS LIGAÇÕES DE ÁGUA E ESGOTO, COLOCANDO-AS NO PASSEIO PÚBLICO, COM VISTAS A PAVIMENTAÇÃO ASFÁLTICA NAS RUAS DO JARDIM MARIA JÚLIA</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1158/1158_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1158/1158_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A LIMPEZA E PINTURA DOS MEIO-FIO E DOS BUEIROS DAS RUAS DA VILA FREDERICO LUCAREWISKI PARA A REALIZAÇÃO DAS FESTAS RELIGIOSAS DA PRÓXIMA SEMANA</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1165/1165_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1165/1165_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CRIAÇÃO DE UM DEPARTAMENTO MUNICIPAL VOLTADO A SERVIÇOS DE TRÂNSITO</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1166/1166_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1166/1166_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A PINTURA DE SINALIZAÇÃO NA AVENIDA ORLANDO SALLES STRIQUER</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>, GORDO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1167/1167_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1167/1167_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO A TRIUNFO QUANTO A PINTURA DE SINALIZAÇÃO NA BR-369</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>ANTONIO REIS</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1182/1182_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1182/1182_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A SINALIZAÇÃO DE ESPAÇOS RESERVADOS A IDOSOS EM FRENTE A FARMÁCIAS</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1183/1183_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1183/1183_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A REALIZAÇÃO DE RECAPE ASFÁLTICO E CONSTRUÇÃO DE REDUTOR DE VELOCIDADE NA AVENIDA PRESIDENTE GETÚLIO VARGAS, EM FRENTE A ANTIGA ALGOPER</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1184/1184_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1184/1184_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO À PRESIDÊNCIA A CRIAÇÃO DE UMA FANPAGE NO FACEBOOK, BEM COMO A INSTALAÇÃO DE WEBCAMS PARA TRANSMISSÕES AO VIVO</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1185/1185_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1185/1185_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CAPINA, LIMPEZA E ATERRAMENTO NA ROTATÓRIA PRÓXIMO A RUA JOÃO DUTRA, NO CONJUNTO MILTON FÉLIX PESSOA</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1186/1186_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1186/1186_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO SAAE QUANTO A MANUTENÇÃO DO ESGOTO ENTRE A AV. CAETANO MUNHOZ DA ROCHA COM A RUA CARMELA DUTRA</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1192/1192_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1192/1192_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A LIMPEZA DO ESTÁDIO MUNICIPAL</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1193/1193_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1193/1193_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A CONSTRUÇÃO E UM QUEBRA-MOLAS NA RUA JOAQUIM FRANCISCO LOPES, NO JARDIM MARIA JÚLIA</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1194/1194_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1194/1194_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO AO DESENVOLVIMENTO DE NOVOS CAMPEONATOS DE FUTEBOL DE SALÃO NAS MODALIDADES SUB-13, SUB-15 E SUB-17</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1197/1197_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1197/1197_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A REGULARIZAÇÃO FUNDIÁRIA URBANA DOS IMÓVEIS OCUPADOS, CONSTANTES DAS MATRÍCULAS NºS. 9916, 9920 E 9921</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1211/1211_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1211/1211_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL QUANTO A LIMPEZA DA ÁREA EM TORNO DO CÓRREGO LOCALIZADO DO LADO NORTE DA AVENIDA ORLANDO SALLES STRIQUER</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1212/1212_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1212/1212_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL ENCAMINHANDO CÓPIA DOS PROJETOS DE LEI Nº 021 E 022/2017, PARA APRESENTAÇÃO PELO EXECUTIVO</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Dirceu Urbano Pereira</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/988/988_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/988/988_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A FRENTE DE TRABALHO E PROMOÇÃO SOCIAL, DE CARÁTER TEMPORÁRIO REMUNERADO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>Mesa Executiva</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/989/989_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/989/989_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS CARGOS EFETIVOS E COMISSIONADOS DO PODER LEGISLATIVO MUNICIPAL DE JATAIZINHO</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/998/998_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/998/998_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À CÂMARA MUNICIPAL DE JATAIZINHO-PR DE VEREADOR JOSE SOARES VELOSO.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1027/1027_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1027/1027_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PARTICIPAÇÃO, COM RESERVAS, DO MUNICÍPIO DE JATAIZINHO NO CONSÓRCIO PÚBLICO INTERMUNICIPAL DE DESENVOLVIMENTO URBANO DA REGIÃO DE ASTORGA - CINDAST E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1059/1059_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1059/1059_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1º DA LEI MUNICIPAL DE 601/2001 E REVOGA O ARTIGO 1º DA LEI MUNICIPAL Nº 943/2011 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1071/1071_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1071/1071_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIÁRIO OFICIAL ELETRÔNICO DO MUNICÍPIO DE JATAIZINHO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1086/1086_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1086/1086_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O MUNICÍPIO DE JATAIZINHO PARA O EXERCÍCIO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1093/1093_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1093/1093_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO MUNICIPAL DE MEIO AMBIENTE E O FUNDO MUNICIPAL DE MEIO AMBIENTE, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1099/1099_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1099/1099_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DA CÂMARA MUNICIPAL DE JATAIZINHO, NO VALOR DE R$ 50.000,00 E DÁ OUTRAS PROVIDÊNCIAS;</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1127/1127_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1127/1127_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O DEPARTMAENTO DE SERVIÇOS JURÍDICOS A NÃO AJUIZAR AÇÕES OU EXECUÇÕES FISCAIS DE DÉBITOS DE PEQUENO VALOR, DE NATUREZA TRIBUTÁRIA E NÃO TRIBUTÁRIA, DISPÕE SOBRE O CANCELAMENTO DOS DÉBITOS QUE ESPECIFICA, QUANDO ALCANÇADOS PELA PRESCRIÇÃO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1133/1133_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1133/1133_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO XIV, DO ARTIGO 1º; PARÁGRAFO ÚNICO DO ARTIGO 2º; ARTIGO 4º; ARTIGO 5º; § 1º E SUPRIMI O § 2º; INCISOS II E V, DO ARTIGO 9º; ARTIGO 10, DA LEI MUNICIPAL Nº 931/2010, QUE DISPÕE SOBRE A REFORMULAÇÃO DO CONSELHO MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1135/1135_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1135/1135_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA DE ACOLHIMENTO FAMILIAR E IMPLANTAÇÃO DE BOLSA AUXÍLIO PARA O ACOLHIMENTO DE CRIANÇAS E ADOLESCENTES EM SITUAÇÃO DE RISCO PSICOSSOCIAL, INSERIDAS NO SERVIÇO DE ACOLHIMENTO EM FAMÍLIA ACOLHEDORA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1143/1143_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1143/1143_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA O RECOLHIMENTO DE VEÍCULOS INSERVÍVEIS E ABANDONADOS NAS VIAS PÚBLICAS DA CIDADE DE JATAIZINHO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1145/1145_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1145/1145_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO DE DÉBITOS DO MUNICÍPIO DE JATAIZINHO COM SEU REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1146/1146_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1146/1146_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA OS VALORES DOS AUXÍLIO-TRANSPORTE E AUXÍLIO-ALIMENTAÇÃO PREVISTOS NO ESTATUTO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE JATAIZINHO NO ÂMBITO DO PODER LEGISLATIVO DE JATAIZINHO</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1162/1162_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1162/1162_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 748, DE 26 DE DEZEMBRO DE 2006, COM A DENOMINAÇÃO DE CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE JATAIZINHO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1177/1177_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1177/1177_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE JATAIZINHO, ESTADO DO PARANÁ, PARA O QUADRIÊNIO DE 2018 A 2021 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1178/1178_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1178/1178_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE JATAIZINHO PARA O EXERCÍCIO FINANCEIRO DE 2018</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1179/1179_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1179/1179_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER DIREITO REAL DE USO SOBRE PARTE DE IMÓVEL PERTENCENTE A MUNICIPALIDADE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1196/1196_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1196/1196_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A CONTRATAR OPERAÇÕES DE CRÉDITO COM A AGÊNCIA DE FOMENTO DO PARANA S.A.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1202/1202_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1202/1202_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA O PODER EXECUTIVO CONCEDER ISENÇÃO DO IMPOSTO PREDIAL E TERRITORIAL URBANO (IPTU) ÀS PESSOAS QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1209/1209_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1209/1209_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER ISENÇÃO DO IMPOSTO PREDIAL E TERRITORIAL URBANO - IPTU, INCIDENTE SOBRE IMÓVEIS EDIFICADOS ATINGIDOS POR ENCHENTES E ALAGAMENTOS CAUSADOS PELAS CHUVAS OCORRIDAS NO MUNICÍPIO DE JATAIZINHO, AUTORIZA O PODER EXECUTIVO ISENTAR O IMPOSTO PREDIAL E TERRITORIAL URBANO - IPTU, DOS CONTRIBUINTES QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
     <t>ANTONIO BRANDÃO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1214/1214_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1214/1214_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A FEIRA MUNICIPAL DA ECONOMIA SOLIDÁRIA DE JATAIZINHO E DISPÕE SOBRE NORMAS DE SUA REALIZAÇÃO</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1220/1220_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1220/1220_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE JATAIZINHO PARA O EXERCÍCIO DE 2017</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1122/1122_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1122/1122_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA AS AVALIAÇÕES PERIÓDICA E ESPECIAL DE DESEMPENHO DOS SERVIDORES DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDIÊNCIAS</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1142/1142_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1142/1142_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 81 DA RESOLUÇÃO Nº 004/1998 (REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE JATAIZINHO)</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1147/1147_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1147/1147_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA OS BENEFÍCIOS DO AUXÍLIO-ALIMENTAÇÃO E AUXÍLIO-TRANSPORTE, PREVISTOS NO ESTATUTO DOS FUNCIONÁRIOS PÚBLICOS DE JATAIZINHO, NO ÂMBITO DO PODER LEGISLATIVO DE JATAIZINHO</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1148/1148_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1148/1148_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO SISTEMA DE CONTROLE INTERNO NO ÂMBITO DA CÂMARA MUNICIPAL DE JATAIZINHO, ESTADO DO PARANÁ</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DA CÂMARA MUNICIPAL DE JATAIZINHO, NO VALOR DE R$ 9.000,00 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1218/1218_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1218/1218_texto_integral.pdf</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/985/985_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/985/985_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO SAAE SOLICITANDO INFORMAÇÕES QUANTO A MAJORAÇÃO DAS TARIFAS REALIZADO ATRAVÉS DO DECRETO 175/2015</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/986/986_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/986/986_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO RELATÓRIO DAS VIAGENS REALIZADAS PELO EX-PREFEITO ÉLIO BATISTA DA SILVA DURANTE A GESTÃO 2013/2016</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/987/987_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/987/987_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DO MONTANTE GASTO COM COMBUSTÍVEL COM O VEÍCULO RENAULT FLUENCE DE PROPRIEDADE DO MUNICÍPIO</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/990/990_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/990/990_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO RELAÇÕES DOS NOMEADOS PARA FUNÇÕES GRATIFICADAS E CARGOS EM COMISSÃO</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/991/991_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/991/991_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIA INTEGRAL DOS PROCESSOS LICITATÓRIOS NA MODALIDADE PREGÃO SOB OS NÚMEROS 003, 005 E 009/2016</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/999/999_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/999/999_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES E CÓPIAS A RESPEITO DA EXECUÇÃO DOS SERVIÇOS DE MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>MAURÍLIO MARTIELHO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1001/1001_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1001/1001_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DA CONCESSÃO DA REVISÃO GERAL DOS VENCIMENTOS DO FUNCIONALISMO PÚBLICO</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1014/1014_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1014/1014_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DO MONTANTE FINANCEIRO EM CAIXA PARA A CONSTRUÇÃO DE UMA CRECHE</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1015/1015_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1015/1015_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES E CÓPIAS REFERENTES AO MÓVEIS ADQUIRIDOS PARA A MOBÍLIA DA CASA DOS MÉDICOS CUBANOS</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1020/1020_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1020/1020_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIAS E INFORMAÇÕES REFERENTES A NOTA DE EMPENHO Nº 9944, QUANTO AO PAGAMENTO DE R$ 900,00 À EMPRESA R2W GRÁFICA E EDITORA LTDA</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1021/1021_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1021/1021_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIAS E INFORMAÇÕES REFERENTES AS NOTAS DE EMPENHO Nº 10611 E 10614, QUANTO AOS PAGAMENTOS DE R$ 1.890,00 E R$ 5.980,00, À EMPRESA PETERSON HUGO FACIO YAMAMOTO</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1022/1022_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1022/1022_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DOS MOTIVOS DA SERVIDORA CINTIA VIEIRA DA SILVA TER ACOMPANHADO O PREFEITO MUNICIPAL NA ÚLTIMA VIAGEM A CURITIBA</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1023/1023_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1023/1023_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIAS E INFORMAÇÕES A RESPEITO DA CESSÃO DE USO DOS IMÓVEIS &amp;#8220;BARRACÃO DO EMPREGO, LOCALIZADO ÀS MARGENS DA BR-369 E DO IMÓVEL LOCALIZADO NA AVENIDA PARANÁ, PRÓXIMO A PONTE SOBRE O RIBEIRÃO JATAIZINHO</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1024/1024_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1024/1024_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DO MOTIVO DA PARALIZAÇÃO DA OBRA DA PAVIMENTAÇÃO ASFÁLTICA NO JARDIM MARIA JÚLIA</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1025/1025_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1025/1025_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO AOS PROCEDIMENTOS QUE SERÃO REALIZADOS PARA DIMINUIR O ÍNDICE DE GASTOS COM PESSOAL</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1032/1032_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1032/1032_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO QUE SEJA ENVIADO OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES SOBRE DESENVOLVIMENTO DE ALGUM PROJETO DE AUXÍLIO FINANCEIRO PARA MANUTENÇÃO DA APAE DE JATAIZINHO.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1033/1033_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1033/1033_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DO PRAZO DE GARANTIA QUE AS LOTEADORAS LOCAIS TEM JUNTO AO MUNICÍPIO QUANTO ÀS SUAS OBRAS DE PAVIMENTAÇÃO ASFÁLTICA, REDE DE ESGOTO E GALERIAS PLUVIAIS.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1034/1034_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1034/1034_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO A LOCALIZAÇÃO DO ANTIGO SISTEMA DE ILUMINAÇÃO PÚBLICA (LÂMPADAS E POSTES) TROCADOS RECENTEMENTE EM ALGUMAS RUAS E AVENIDAS DA CIDADE.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1035/1035_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1035/1035_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES SOBRE EMPRESA QUE ESTÁ FORNECENDO ESTAGIÁRIOS (ESTUDANTES) AO MUNICÍPIO, BEM COMO A SELEÇÃO DOS CANDIDATOS, NÚMERO DE ESTAGIÁRIOS CONTRATADOS, RELAÇÃO DOS NOMES E CURSOS E DEPARTAMENTOS ONDE ESTÃO LOTADOS COM SEUS RESPONSÁVEIS. </t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1036/1036_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1036/1036_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES SOBRE O NÚMERO DE ATENDIMENTOS REALIZADOS PELA DEFENSORIA PÚBLICA DE JATAIZINHO NO ANO DE 2016 E 2017 BEM COMO O NÚMERO DE AÇÕES IMPETRADAS.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1037/1037_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1037/1037_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES SOBRE O CALENDÁRIO DE EVENTOS CULTURAIS E A VIABILIDADE DE APOIAR EVENTOS EVANGÉLICOS.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1038/1038_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1038/1038_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES SE ENCONTRA-SE EM FUNCIONAMENTO UM SISTEMA DE VENTILAÇÃO NOS CENTROS MUNICIPAIS DE EDUCAÇÃO INFANTIL (CMEIS) E NAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1039/1039_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1039/1039_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO AO NÚMERO DE VAGAS NOS CENTROS MUNICIPAIS DE EDUCAÇÃO INFANTIL (CMEIS) SEPARADAMENTE POR INSTITUIÇÃO E SE HÁ FILA DE ESPERA.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1040/1040_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1040/1040_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO PARECER JURÍDICO DO PROCURADOR DO MUNICÍPIO, SE HÁ CONFLITO DE INTERESSE E SE O MUNICÍPIO OBEDECEU AOS PRINCÍPIOS DA LEGALIDADE, IMPESSOALIDADE E MORALIDADE.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1041/1041_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1041/1041_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIA DOS ITENS: A) CONTRATO DO MUNICÍPIO DE JATAIZINHO COM O HOSPITAL SÃO CAMILO (2012 E 2016); B) RELATIVAS NOTAS FISCAIS (2012 E 2016); C) PROCESSO DE INEXIGIBILIDADE DE LICITAÇÃO INCLUSIVE PARECER JURÍDICO; D) RELAÇÃO DE MÉDICOS QUE REALIZARAM PLANTÕES.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1042/1042_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1042/1042_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL INDAGANDO SE O MUNICÍPIO DE JATAIZINHO PRESTOU SERVIÇOS MÉDICOS, ATRAVÉS DE SEUS AGENTES, NO ÂMBITO DO MUNICÍPIO DE ASSAÍ-PR, INCLUSIVE NA CLÍNICA SANTA RITA DE ASSAÍ.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1043/1043_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1043/1043_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO ESCLARECIMENTOS A RESPEITO DOS MOTIVOS QUE LEVARAM A ADMINISTRAÇÃO A CORTAR O INCENTIVO DE 50% (CINQUENTA POR CENTO) AOS PROFESSORES LOTADOS NO ENSINO ESPECIAL.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1044/1044_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1044/1044_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO ESCLARECIMENTOS QUANTO A EXISTÊNCIA OU NÃO DE PROCESSO ADMINISTRATIVO DE CESSÃO DOS DIREITOS DE EXPLORAÇÃO DAS DEPENDÊNCIAS DA RODOVIÁRIA MUNICIPAL, GINÁSIO DE ESPORTES E DO ESTÁDIO MUNICIPAL, POR TERCEIROS. </t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1045/1045_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1045/1045_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO DIRETOR DO DEPARTAMENTO DE EDUCAÇÃO, SOLICITANDO ESCLARECIMENTOS QUANTO AO ATUAL GESTOR MUNICIPAL DO SISTEMA DE GESTÃO DO TRANSPORTE ESCOLAR - SIGET.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1046/1046_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1046/1046_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES DETALHADAS QUANTO A EXISTÊNCIA OU NÃO DE SERVIDORES PÚBLICOS MUNICIPAIS EM DESVIO DE FUNÇÃO, RELACIONANDO EM CASO POSITIVO, O NOME DOS MESMOS, CARGO EFETIVO, SETOR DE LOTAÇÃO E FUNÇÃO QUE EXERCE ATUALMENTE.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1047/1047_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1047/1047_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES DO PROGRAMA SAÚDE DA FAMÍLIA - PSF.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1048/1048_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1048/1048_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DAS SERVIDORAS MUNICIPAIS: ANGELA MARIA MOREIRA MENEZES, MARIA APARECIDA ZANELLA SANTANA, MAURA ALMAGRO, MICHELINA MARIA CARDOSO, VALDIRENE BISSI SALOMÃO.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1049/1049_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1049/1049_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES SE O MUNICÍPIO ESTÁ COBRANDO POR TRANSPORTES INTERMUNICIPAIS PARA USO DE IGREJAS E DEMAIS INSTITUIÇÕES FILANTRÓPICAS - SEM FINS LUCRATIVOS - PARA EVENTOS RELIGIOSOS OU LIGADOS AS INSTITUIÇÕES. </t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1050/1050_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1050/1050_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIA DO ALVARÁ DE FUNCIONAMENTO DO BANCO DO BRASIL, BEM COMO O HORÁRIO DE ANTEDIMENTO BANCÁRIO CONFORME PREVISTO EM LEI MUNICIPAL.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1052/1052_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1052/1052_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES E CÓPIAS A RESPEITO DO CORTE DO ADICIONAL DE INSALUBRIDADE</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DA EXISTÊNCIA DE PROJETO PARA CONSTRUÇÃO DE PONTOS DE ÔNIBUS COM COBERTURA</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1054/1054_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1054/1054_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DA IMPLANTAÇÃO DAS CÂMERAS DE VIGILÂNCIA</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1057/1057_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1057/1057_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DAS PROVIDÊNCIAS QUANTO AO SISTEMA DE COLETA SELETIVA DE RESÍDUOS</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1062/1062_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1062/1062_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DOS PRECATÓRIOS EXISTENTES PARA PAGAMENTO</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1063/1063_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1063/1063_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DA MANUTENÇÃO DA CASA DA CULTURA / MUSEU</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1074/1074_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1074/1074_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES QUANTO A POSSIBILIDADE DE SE CONSTRUIR BANHEIROS ADAPTADOS A PORTADORES DE NECESSIDADES ESPECIAIS NAS UNIDADES BÁSICAS DE SAÚDE</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1075/1075_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1075/1075_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES SOBRE A NÃO LIMPEZA DA PRAÇA ZEZÉ QUIRINO, BEM COMO SE HÁ POSSIBILIDADE DE DISPONIBILIZAR SERVIDORES PARA REALIZÁ-LA</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1076/1076_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1076/1076_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO RELAÇÃO CONTENDO O NOME, PROCEDIMENTO, DATA E VALOR, DOS ATENDIMENTOS REALIZADOS PELO HOSPITAL CLIMAS DE ASSAÍ EM 2016</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1077/1077_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1077/1077_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO NOVAS CÓPIAS E INFORMAÇÕES A RESPEITO DOS EMPENHOS NºS 10611 E 10614 DA EMPRESA PETERSON HUGO FACIO YAMAMOTO SERVIÇOS ME</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1081/1081_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1081/1081_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIA DOS DOCUMENTOS DE ARRECADAÇÃO MUNICIPAL, DAMS, EMITIDOS DE JANEIRO ATÉ A PRESENTE DATA</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1082/1082_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1082/1082_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES E CÓPIAS A RESPEITO DE NOVO CONTRATO FIRMADO COM O HOSPITAL SÃO CAMILO</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1083/1083_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1083/1083_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIA DOS CONTRATOS COM AS EMPRESAS QUE FAZEM A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>JORGE PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1084/1084_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1084/1084_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES SE HAVERÁ A CONTRATAÇÃO DE EMPRESA QUE PRESTA SERVIÇOS DE ARBITRAGEM</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1085/1085_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1085/1085_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES SE HÁ PREVISÃO QUANTO A REFORMA DAS QUADRAS ESPORTIVAS DA CIDADE</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1087/1087_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1087/1087_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO QUE SEJA ENVIADO OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO RELATÓRIO INDIVIDUALIZADO POR NOME DE AGENTE, COM DATAS, VALORES E FINALIDADES RESPECTIVAS DAS DIÁRIAS CONCEDIDAS A PARTIR DE JANEIRO DE 2017 ATÉ A PRESENTE DATA.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1088/1088_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1088/1088_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO QUE SEJA ENVIADO OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIA DOS PROCESSOS LICITATÓRIOS PARA CONCESSÃO/PERMISSÃO DO USO DE IMÓVEIS PÚBLICOS</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>, CLAUDINEI CABRAL</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1089/1089_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1089/1089_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO QUE SEJA ENVIADO OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIA DO LAUDO PARA CONCESSÃO DE INSALUBRIDADE E DA FOLHA DE PAGAMENTO DE MARÇO/2017</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1090/1090_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1090/1090_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO QUE SEJA ENVIADO OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DOS RESPONSÁVEIS PELO ZELO DO CEMITÉRIO PÚBLICO</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1094/1094_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1094/1094_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO À APAE JATAIZINHO SOLICITANDO INFORMAÇÕES QUANTO AOS VALORES RECEBIDOS DO GOVERNO FEDERAL E DO GOVERNO ESTADUAL DO PARANÁ NOS ANOS DE 2014 A 2016</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1095/1095_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1095/1095_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUINICIPAL SOLICITANDO AS PRESTAÇÕES DE CONTAS DO RECURSOS DESTINADOS A APAE DE JATAIZINHO NOS MESES DE JANEIRO A MARÇO DE 2017</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1096/1096_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1096/1096_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO CONTADOR DO MUNICÍPIO LOTADO NO CARGO DE CHEFE DA SEÇÃO DE PRESTAÇÃO DE CONTAS SOLICITANDO INFORMAÇÕES A RESPEITO DAS PRESTAÇÕES DE CONTAS DOS RECURSOS RECEBIDOS PELA APAE DE JATAIZINHO NOS EXERCÍCIOS DE 2014 A 2016</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1097/1097_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1097/1097_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO DIRETOR DO DEPARTAMENTO MUNICIPAL DE EUDUCAÇÃO E CULTURA SOLICITANDO INFORMAÇÕES A RESPEITO DE UM PROJETO QUE VEM SENDO DESENVOLVIDO DENOMINADO DE "AULAS DE ZUMBA"</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1098/1098_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1098/1098_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO RELAÇÃO DOS SERVIDORES QUE RECEBERAM HORAS EXTRAS DE JANEIRO A ABRIL DE 2017</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>, CLAUDINEI CABRAL, GORDO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1100/1100_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1100/1100_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO A CONSTITUIÇÃO DE UMA CPI PARA APURAR POSSÍVEIS IRREGULARIDADES QUANTO A TRABALHOS REALIZADOS PELO EXECUTIVO À TERCEIROS</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1104/1104_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1104/1104_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES E CÓPIAS A RESPEITO DA TRANSIÇÃO ADMINISTRATIVA DA GESTÃO ANTERIOR PARA A ATUAL</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1105/1105_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1105/1105_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIA INTEGRAL DO PROCESSO REFERENTE AO ÚLTIMO CONCURSO PÚBLICO REALIZADO</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1106/1106_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1106/1106_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIA DO DETALHAMENTO DE CHAMADAS EFETUADAS ATRAVÉS DA LINHA TELEFÔNICA EXISTENTE NO CENTRO DOS IDOSOS</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1107/1107_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1107/1107_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DAS DIÁRIAS CONCEDIDAS ENTRE OS DIAS 08 E 12 DE MAIO DE 2017</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1109/1109_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1109/1109_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO A EMISSÃO E O ENVIO A ESTA DA CERTIDÃO LIBERATÓRIO DO TRIBUNAL DE CONTAS</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1110/1110_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1110/1110_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES E CÓPIAS A RESPEITO DA OBRA DA PAVIMENTAÇÃO ASFÁLTICA DO JARDIM MARIA JULIA</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1111/1111_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1111/1111_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DA REMOÇÃO DO SERVIDOR WAGNER MORENO BAPTISTA AO SAAE</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1112/1112_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1112/1112_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES E CÓPIAS A RESPEITO DO ÚLTIMO CONCURSO PÚBLICO REALIZADO</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1113/1113_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1113/1113_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO A IMPLANTAÇÃO DA COLETA SELETIVA DE LIXO</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DA REGULARIZAÇÃO DO LOTEAMENTO &amp;#8220;BELA VISTA&amp;#8221; COM VISTAS A IMPLANTAR A REDE DE ESGOTO NO LOCAL</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1115/1115_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1115/1115_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DA EX-SERVIDORA CINTIA VIEIRA DA SILVA, ESCLARECENDO SE HOUVE A ABERTURA DE PROCESSO ADMINISTRATIVO PARA APURAR IRREGULARIDADES NA SUA NOMEAÇÃO COMO AGENTE MOTORISTA</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1118/1118_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1118/1118_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DA EXONERAÇÃO DA SERVIDOR MUNICIPAL CINTIA VIEIRA DA SILVA</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1119/1119_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1119/1119_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DA LIBERAÇÃO DE RECURSOS DA ORDEM DE 1 MILHÃO DE REAIS PARA JATAIZINHO PELO GOVERNO DO ESTADO DO PARANÁ</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1120/1120_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1120/1120_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIAS E INFORMAÇÕES A RESPEITO DO CONVÊNIO FIRMANDO COM A FUNASA PARA A CONSTRUÇÃO DE SISTEMA DE ABASTECIMENTO DE ÁGUA NA ZONA RURAL</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1121/1121_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1121/1121_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO A CONVOCAÇÃO DA PRESIDENTE OU DIRETORA DA APAE DE JATAIZINHO PARA PRESTAR INFORMAÇÕES A RESPEITO DOS RECURSOS RECEBIDOS PELAS ENTIDADE</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1123/1123_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1123/1123_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DA FISCALIZAÇÃO DAS AGÊNCIAS BANCÁRIAS DE JATAIZINHO</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1125/1125_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1125/1125_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO A CONVOCAÇÃO DO SERVIDOR EDISON DA SILVEIRA, E DO SR. YOUSSEF EL KADRI, CONCESSIONÁRIO DOS SERVIÇOS FUNERÁRIOS MUNICIPAIS, PARA PRESTAR INFORMAÇÕES A RESPEITO DO CEMITÉRIO MUNICIPAL</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1126/1126_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1126/1126_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIA DA CNH E DO LIVRO-PONTO DOS SERVIDORES CARLOS RENATO CALOVI, EDSON DA SILVEIRA E GILBERDO OLIVEIRA DA SILVA, REFERENTE A SEMANA COMPREENDIDA ENTRE OS DIAS 12 E 16 DE JUNHO</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1129/1129_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1129/1129_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO A CONVOCAÇÃO DO SERVIDOR EDISON DA SILVEIRA, DO EX-PREFEITO MUNICIPAL ÉLIO BATISTA DA SILV E DO SR. YOUSSEF EL KADRI, CONCESSIONÁRIO DOS SERVIÇOS FUNERÁRIOS MUNICIPAIS, PARA PRESTAR INFORMAÇÕES A RESPEITO DO CEMITÉRIO MUNICIPAL</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1130/1130_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1130/1130_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DO CUMPRIMENTO DA LEI MUNICIPAL Nº 1067/2016, QUE TRATA DO REMÉDIO EM CASA</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1131/1131_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1131/1131_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DO CUMPRIMENTO DA LEI MUNICIPAL Nº 1036/2016, QUE TRATA DA PREFERENCIAL PARA VEÍCULOS QUE TRAFEGAM PELA AVENIDA BENJAMIM GIAVARINA</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1132/1132_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1132/1132_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO SINDICATO DOS SERVIDORES PÚBLICOS MUNICIPAIS, SOLICITANDO CÓPIA DAS PRESTAÇÕES DE CONTAS DO CORRENTE EXERCÍCIO, BEM COMO INFORMAÇÕES A RESPEITO DA DEVOLUÇÃO DE PARTE DAS CONTRIBUIÇÕES SINDICAIS</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1134/1134_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1134/1134_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO A CONCESSÃO DE MANIFESTAÇÃO DE APOIO À CANDIDATURA DA REGIÃO METROPOLITANA DE LONDRINA AO PROJETO INTERACT-BIO</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>, ALEX FARIA, CLAUDINEI CABRAL, GORDO, JORGE PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1136/1136_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1136/1136_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO A ABERTURA DE UMA CPI COM O OBJETIVO DE APURAR POSSÍVEIS IRREGULARIDADES NA REALIZADA DA FESTA JUNINA DE JATAIZINHO DE 2017</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1137/1137_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1137/1137_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO INFORMAÇÕES E CÓPIAS A RESPEITO DA CASA ABRIGO</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1138/1138_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1138/1138_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO INFORMAÇÕES E CÓPIAS A RESPEITO DAS DÍVIDAS INSCRITAS EM PRECATÓRIOS</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1139/1139_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1139/1139_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL E AO DER/PR, SOLICITANDO INFORMAÇÕES E CÓPIAS A RESPEITO DE CONVÊNIO PARA EMPEDRAMENTO DO &amp;#8220;ASSENTAMENTO MAKUTA&amp;#8221;</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1140/1140_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1140/1140_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL E A COHAPAR, SOLICITANDO INFORMAÇÕES E CÓPIAS A RESPEITO DA CONSTRUÇÃO DE CASAS EM JATAIZINHO</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1141/1141_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1141/1141_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO INFORMAÇÕES E CÓPIAS A RESPEITO DA REALIZAÇÃO DE CONVÊNIO COM A RÁDIO NOVA GERAÇÃO</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1150/1150_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1150/1150_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES E CÓPIAS A RESPEITO DA CONSTRUÇÃO DA PAVIMENTAÇÃO ASFÁLTICA DO JARDIM MARIA JÚLIA</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1151/1151_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1151/1151_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES E CÓPIAS A RESPEITO DA RETOMADA DAS ATIVIDADES DO VIVEIRO MUNICIPAL DE JATAIZINHO</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1152/1152_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1152/1152_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES E CÓPIAS A RESPEITO DA CESSÃO DE IMÓVEL DA RODOVIÁRIA MUNICIPAL AO SINDICATO DOS SERVIDORES PÚBLICOS MUNICIPAIS</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1153/1153_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1153/1153_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO INFORMAÇÕES E CÓPIAS A RESPEITO DAS MEDIDAS EFETIVAS PARA REDUÇÃO DOS GASTOS COM PESSOAL</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1154/1154_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1154/1154_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO INFORMAÇÕES E CÓPIAS A RESPEITO DA EXISTÊNCIA DE JUNTA MÉDICA PARA AVALIAÇÃO DOS SERVIDORES MUNICIPAIS</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1155/1155_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1155/1155_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO INFORMAÇÕES E CÓPIAS A RESPEITO DOS SERVIÇOS E CONCESSÕES DO CEMITÉRIO MUNICIPAL</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1156/1156_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1156/1156_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO INFORMAÇÕES E CÓPIAS A RESPEITO DA COMPETÊNCIA PARA MANUTENÇÃO DE VIAS DE LOTEAMENTOS</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1159/1159_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1159/1159_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DOS CRITÉRIOS PARA CONCESSÃO DE HORAS EXTRAS AOS SERVIDORES, BEM COMO DA LEGISLAÇÃO E DA FICHA FINANCEIRA DE TODOS QUE TRABALHAM NO &amp;#8220;BARRACÃO&amp;#8221;</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1160/1160_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1160/1160_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL  E AO JATAIZINHO-PREV, SOLICITANDO CÓPIA DOS EXTRATOS DE TODAS AS CONTAS BANCÁRIAS DO MÊS DE AGOSTO/2017</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1161/1161_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1161/1161_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO A RETIRADA DE TRAMITAÇÃO DO PROJETO DE RESOLUÇÃO Nº. 002/2017 (MUDANÇA DE HORÁRIO DAS REUNIÕES DA CÂMARA MUNICIPAL)</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1163/1163_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1163/1163_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DO FECHAMENTO DO POSTO DE ATENDIMENTO DO DETRAN/PR DE JATAIZINHO</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1164/1164_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1164/1164_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIA INTEGRAL DO PROCESSO DE LICITAÇÃO PREGÃO 56/2016, RELATÓRIO DE TODOS OS PAGAMENTOS EFETUADOS COM SUAS RESPECTIVAS NOTAS FISCAIS</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1168/1168_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1168/1168_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIA DAS PORTARIAS DE NOMEAÇÃO E EXONERAÇÃO DE SERVIDOR MUNICIPAL</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1169/1169_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1169/1169_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES E CÓPIAS QUANTO A UTILIZAÇÃO DO VEÍCULO VECTRA, DO MUNICÍPIO DE JATAIZINHO</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1170/1170_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1170/1170_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DA REGULAMENTAÇÃO DA DISPONIBILIZAÇÃO DE VEÍCULOS E MAQUINÁRIOS MUNICIPAIS A TERCEIROS</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1171/1171_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1171/1171_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES E CÓPIAS A RESPEITO DO CUMPRIMENTO DA LEI MUNICIPAL Nº 1062/2016, QUE TRATA DAS AGÊNCIAS BANCÁRIAS DE JATAIZINHO</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1174/1174_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1174/1174_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIA DO COMPROVANTE DE ESCOLARIDADE DE SERVIDORES MUNICIPAIS</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1187/1187_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1187/1187_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO A CRIAÇÃO DE UMA CPI PARA AVERIGUAR POSSÍVEIS IRREGULARIDADES COMETIDAS PELO VEREADOR ALEX FARIA NA APRESENTAÇÃO DE ATESTADOS MÉDICOS</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1188/1188_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1188/1188_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIAS DE RELATÓRIO DE VIAGENS E COMPROVANTES REFERENTE A DIÁRIAS CONCEDIDAS AO PREFEITO MUNICIPAL, DIRCEU URBANO PEREIRA</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1189/1189_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1189/1189_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIA DO REGISTRO DE FREQUÊNCIA (LIVRO-PONTO) DE TODOS OS SERVIDORES MUNICIPAIS</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1190/1190_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1190/1190_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES E CÓPIAS A RESPEITO DAS OBRAS DE CONSTRUÇÃO E REFORMA QUE ESTÃO SENDO REALIZADAS NO ESTÁDIO MUNICIPAL</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1191/1191_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1191/1191_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO VEREADOR ALEX FARIA SOLICITANDO CÓPIA DO E-MAIL SUPOSTAMENTE RECEBIDO DE UM INTERNAUTA, O QUAL FEZ A LEITURA NA REUNIÃO ORDINÁRIA DE 25/09/17</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1195/1195_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1195/1195_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DA REVISÃO DO PLANO DIRETOR DO MUNICÍPIO DE JATAIZINHO</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1198/1198_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1198/1198_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DA CERTIDÃO LIBERATÓRIA DO TRIBUNAL DE CONTAS DO ESTADO DO PARANÁ</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1199/1199_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1199/1199_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO CÓPIA INTEGRAL DO PREGÃO 055/2017, NO VALOR DE R$ 538.000,00 QUANTO A AQUISIÇÃO DE 10.000 METROS QUADRADOS DE PISO DE PAVER</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1215/1215_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1215/1215_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DO CENTRO DOS IDOSOS</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1216/1216_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1216/1216_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DO COCA</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1217/1217_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1217/1217_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO O ENVIO DE OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO INFORMAÇÕES A RESPEITO DAS MEDIDAS ADOTADAS PARA REDUÇÃO DO ÍNDICE DE GASTOS COM PESSOAL</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1221/1221_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1221/1221_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO PROVIDÊNCIAS QUANTO A CPI ABERTA PELA PORTARIA Nº 022/2017</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>REQIE</t>
   </si>
   <si>
     <t>Requerimento Interno/Externo</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1016/1016_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1016/1016_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIAS DA MESA EXECUTIVA NO SENTIDO DE SOLICITIAR AO EXECUTIVO MUNICIPAL A SUSTAÇÃO DO DECRETO 050/2016 EMITIDO PELO EX-PREFEITO MUNICIPAL</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1173/1173_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1173/1173_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DIVERSAS SOBRE INFORMAÇÕES ENVIADAS AO TCE-PR REFERENTE AOS ANOS DE 2013 E 2014.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1175/1175_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1175/1175_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DIVERSAS SOBRE INFORMAÇÕES ENVIADAS AO TCE-PR REFERENTE AOS ANOS DE 2013 E 2014</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1176/1176_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1176/1176_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DIVERSAS SOBRE A CONTRATAÇÃO DA EMPRESA LEILA MARIA DA SILVA SERVIÇOS CONTÁBEIS ME</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1180/1180_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1180/1180_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIAS DE DOCUMENTOS DO SERVIDOR OCUPANTE DO CARGO DE ADVOGADO DA CÂMARA</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1181/1181_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1181/1181_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES E CÓPIAS RELATIVAS AO PAGAMENTO DE SUBSÍDIOS ATRASADOS</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1200/1200_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1200/1200_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO CÓPIA DO CONTRATO FIRMADO COM A ASSOCIAÇÃO COMUNITÁRIA DE COMUNICAÇÃO CULTURAL E ARTÍSTICA DE JATAIZINHO</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1201/1201_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1201/1201_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO CÓPIA DO LIVRO PONTO DOS SERVIDORES EFETIVOS E COMISSIONADOS DE JANEIRO A OUTUBRO DE 2017</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1203/1203_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1203/1203_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO CÓPIAS DAS NOTAS FISCAIS DE COMPRAS REALIZADAS PELA CÂMARA MUNICIPAL DE JATAIZINHO ATÉ A PRESENTE DATA, DURANTE O EXERCÍCIO DE 2017, BEM COMO DOS PROCESSOS DE LICITAÇÃO OU DE DISPENSA</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1204/1204_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1204/1204_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO INFORMAÇÕES SOBRE CADASTRO NO PROJUDI</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1205/1205_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1205/1205_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO CÓPIAS DIVERSAS, BEM COMO A REAVALIAÇÃO DO ATO DE SUSPENSÃO DE SEU PAGAMENTO E O PAGAMENTO IMEDIATO</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1206/1206_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1206/1206_texto_integral.pdf</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1207/1207_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1207/1207_texto_integral.pdf</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1210/1210_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1210/1210_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RETIRADA DE PAUTA DOS PROJETOS DE LEI Nº 021 E 022/2017 DE SUA AUTORIA</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>REQUERENDO SEJAM ESCANEADOS OS BALANCETES FINANCEIROS DA CÂMARA MUNICIPAL DE JANEIRO/17 ATÉ A PRESENTE DATA</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1219/1219_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1219/1219_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO CÓPIA INTEGRAL DO PROCESSO RELACIONADO À CPI CONSTITUÍDA PELA PORTARIA Nº 022/2017</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1222/1222_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1222/1222_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A SUSPENSÃO DA REUNIÃO DA CEP DO DIA 30/11/17 E INFORMAÇÕES</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1223/1223_texto_integral.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1223/1223_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERENDO CÓPIA DO DEPOIMENTO PRESTADO JUNTO A CEP EM DATA DE 11/12/17</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2952,67 +2952,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1208/1208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1101/1101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/984/984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/992/992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/993/993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/994/994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/995/995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/996/996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/997/997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1000/1000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1002/1002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1003/1003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1004/1004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1005/1005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1006/1006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1007/1007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1008/1008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1009/1009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1010/1010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1011/1011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1012/1012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1013/1013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1017/1017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1018/1018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1019/1019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1026/1026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1028/1028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1029/1029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1030/1030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1031/1031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1051/1051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1056/1056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1058/1058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1060/1060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1061/1061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1064/1064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1065/1065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1066/1066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1067/1067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1068/1068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1069/1069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1070/1070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1072/1072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1078/1078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1079/1079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1080/1080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1091/1091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1092/1092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1102/1102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1103/1103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1108/1108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1116/1116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1117/1117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1124/1124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1128/1128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1144/1144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1149/1149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1157/1157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1158/1158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1165/1165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1166/1166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1167/1167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1182/1182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1183/1183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1184/1184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1185/1185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1186/1186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1192/1192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1193/1193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1194/1194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1197/1197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1211/1211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1212/1212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/988/988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/989/989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/998/998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1027/1027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1059/1059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1071/1071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1086/1086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1093/1093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1099/1099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1127/1127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1133/1133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1135/1135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1143/1143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1145/1145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1146/1146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1162/1162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1177/1177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1178/1178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1179/1179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1196/1196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1202/1202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1209/1209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1214/1214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1220/1220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1122/1122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1142/1142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1147/1147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1148/1148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1218/1218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/985/985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/986/986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/987/987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/990/990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/991/991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/999/999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1001/1001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1014/1014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1015/1015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1020/1020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1021/1021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1022/1022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1023/1023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1024/1024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1025/1025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1032/1032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1033/1033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1034/1034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1035/1035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1036/1036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1037/1037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1038/1038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1039/1039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1040/1040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1041/1041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1042/1042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1043/1043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1044/1044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1045/1045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1046/1046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1047/1047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1048/1048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1049/1049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1050/1050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1052/1052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1054/1054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1057/1057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1062/1062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1063/1063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1074/1074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1075/1075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1076/1076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1077/1077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1081/1081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1082/1082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1083/1083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1084/1084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1085/1085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1087/1087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1088/1088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1089/1089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1090/1090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1094/1094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1095/1095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1096/1096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1097/1097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1098/1098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1100/1100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1104/1104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1105/1105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1106/1106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1107/1107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1109/1109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1110/1110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1111/1111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1112/1112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1113/1113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1115/1115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1118/1118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1119/1119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1120/1120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1121/1121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1123/1123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1125/1125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1126/1126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1129/1129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1130/1130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1131/1131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1132/1132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1134/1134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1136/1136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1137/1137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1138/1138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1139/1139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1140/1140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1141/1141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1150/1150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1151/1151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1152/1152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1153/1153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1154/1154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1155/1155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1156/1156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1159/1159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1160/1160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1161/1161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1163/1163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1164/1164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1168/1168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1169/1169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1170/1170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1171/1171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1174/1174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1187/1187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1188/1188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1189/1189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1190/1190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1191/1191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1195/1195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1198/1198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1199/1199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1215/1215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1216/1216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1217/1217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1221/1221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1016/1016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1173/1173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1175/1175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1176/1176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1180/1180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1181/1181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1200/1200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1201/1201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1203/1203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1204/1204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1205/1205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1206/1206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1207/1207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1210/1210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1219/1219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1222/1222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1223/1223_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1208/1208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1101/1101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/984/984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/992/992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/993/993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/994/994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/995/995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/996/996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/997/997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1000/1000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1002/1002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1003/1003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1004/1004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1005/1005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1006/1006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1007/1007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1008/1008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1009/1009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1010/1010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1011/1011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1012/1012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1013/1013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1017/1017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1018/1018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1019/1019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1026/1026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1028/1028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1029/1029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1030/1030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1031/1031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1051/1051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1056/1056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1058/1058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1060/1060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1061/1061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1064/1064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1065/1065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1066/1066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1067/1067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1068/1068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1069/1069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1070/1070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1072/1072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1078/1078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1079/1079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1080/1080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1091/1091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1092/1092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1102/1102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1103/1103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1108/1108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1116/1116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1117/1117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1124/1124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1128/1128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1144/1144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1149/1149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1157/1157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1158/1158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1165/1165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1166/1166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1167/1167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1182/1182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1183/1183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1184/1184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1185/1185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1186/1186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1192/1192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1193/1193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1194/1194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1197/1197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1211/1211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1212/1212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/988/988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/989/989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/998/998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1027/1027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1059/1059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1071/1071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1086/1086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1093/1093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1099/1099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1127/1127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1133/1133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1135/1135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1143/1143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1145/1145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1146/1146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1162/1162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1177/1177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1178/1178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1179/1179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1196/1196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1202/1202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1209/1209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1214/1214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1220/1220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1122/1122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1142/1142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1147/1147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1148/1148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1218/1218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/985/985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/986/986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/987/987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/990/990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/991/991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/999/999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1001/1001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1014/1014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1015/1015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1020/1020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1021/1021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1022/1022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1023/1023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1024/1024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1025/1025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1032/1032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1033/1033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1034/1034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1035/1035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1036/1036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1037/1037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1038/1038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1039/1039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1040/1040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1041/1041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1042/1042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1043/1043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1044/1044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1045/1045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1046/1046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1047/1047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1048/1048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1049/1049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1050/1050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1052/1052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1054/1054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1057/1057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1062/1062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1063/1063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1074/1074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1075/1075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1076/1076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1077/1077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1081/1081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1082/1082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1083/1083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1084/1084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1085/1085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1087/1087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1088/1088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1089/1089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1090/1090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1094/1094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1095/1095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1096/1096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1097/1097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1098/1098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1100/1100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1104/1104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1105/1105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1106/1106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1107/1107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1109/1109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1110/1110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1111/1111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1112/1112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1113/1113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1115/1115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1118/1118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1119/1119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1120/1120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1121/1121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1123/1123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1125/1125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1126/1126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1129/1129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1130/1130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1131/1131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1132/1132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1134/1134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1136/1136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1137/1137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1138/1138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1139/1139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1140/1140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1141/1141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1150/1150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1151/1151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1152/1152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1153/1153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1154/1154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1155/1155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1156/1156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1159/1159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1160/1160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1161/1161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1163/1163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1164/1164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1168/1168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1169/1169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1170/1170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1171/1171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1174/1174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1187/1187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1188/1188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1189/1189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1190/1190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1191/1191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1195/1195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1198/1198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1199/1199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1215/1215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1216/1216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1217/1217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1221/1221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1016/1016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1173/1173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1175/1175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1176/1176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1180/1180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1181/1181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1200/1200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1201/1201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1203/1203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1204/1204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1205/1205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1206/1206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1207/1207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1210/1210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1219/1219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1222/1222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/./sapl/public/materialegislativa/2017/1223/1223_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H239"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="51.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="95.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>