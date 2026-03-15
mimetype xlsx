--- v0 (2026-01-11)
+++ v1 (2026-03-15)
@@ -54,1260 +54,1260 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>ALEX FARIA, ANTONIO BRANDÃO, MAURÍLIO MARTIELHO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1394/emenda_001_ao_pl_007-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1394/emenda_001_ao_pl_007-2019.pdf</t>
   </si>
   <si>
     <t>Substitui texto do Art. 1º, do Projeto de Lei nº. 007/2019</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>IGOR SABARA, ADIR LEITE, GORDO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1409/emenda_002_ao_pl_020-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1409/emenda_002_ao_pl_020-2019.pdf</t>
   </si>
   <si>
     <t>Acrescenta  parágrafo ao Art. 1º., do Projeto de Lei nº. 020/2019</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1410/emenda_003_ao_pl_020-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1410/emenda_003_ao_pl_020-2019.pdf</t>
   </si>
   <si>
     <t>Modifica a redação do Art. 7º. Inciso I, do Projeto de Lei nº. 020/2019</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1411/emenda_004_ao_pl_020-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1411/emenda_004_ao_pl_020-2019.pdf</t>
   </si>
   <si>
     <t>Substitui texto do Art. 1º, § 2º, e do Art. 6º, Inciso II, do Projeto de Lei nº. 020/2019</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1438/emenda_-_cjr_pl_031-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1438/emenda_-_cjr_pl_031-2019.pdf</t>
   </si>
   <si>
     <t>Modifica redação do Art. 1º, do Art. 3º, Inciso I e do Art. 14, do Projeto de Lei nº. 031/2019</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1439/emenda_006-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1439/emenda_006-2019.pdf</t>
   </si>
   <si>
     <t>Modifica redação do Art. 1º e do Art. 2º, do Projeto de Lei nº. 030/2019</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1444/emenda_-_cjr_pl_032-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1444/emenda_-_cjr_pl_032-2019.pdf</t>
   </si>
   <si>
     <t>Substitui o Art. 14 do Projeto de Lei nº. 032/2019</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1464/emenda_008-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1464/emenda_008-2019.pdf</t>
   </si>
   <si>
     <t>Modifica redação do Art. 3º.  do Projeto de Lei nº. 037/2019</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1465/emenda_009-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1465/emenda_009-2019.pdf</t>
   </si>
   <si>
     <t>Modifica o desdobramento interno do Art. 1º, do Projeto de Lei nº. 039/2019</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ADIR LEITE</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1360/indicacao_001-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1360/indicacao_001-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a apresentação de Projeto de Lei para dar denominação a Unidade Básica de Saúde Central de “Irene de Souza Menezes”</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>GORDO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1368/indicacao_002-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1368/indicacao_002-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a providências na limpeza de terrenos no Conjunto Stefany Germano</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
     <t>ANTONIO REIS</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1374/indicacao_003-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1374/indicacao_003-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal para que determine ao setor competente promova a aquisição de materiais para a manutenção da iluminação pública</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1375/indicacao_004-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1375/indicacao_004-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao SAAE para que determine ao setor competente conclua as obras que estão sendo realizadas na Rua Daniel Pucca e Airton Senna da Silva, no conjunto Milton Félix Pessoa, a fim de evitar transtornos</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1376/indicacao_005-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1376/indicacao_005-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal para que determine ao setor competente a instalação de uma extensão de rede de energia elétrica na rua popularmente conhecida como “Rua do Kalu”, a fim de promover a necessária iluminação pública no local</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1377/indicacao_006-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1377/indicacao_006-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal para que determine ao setor competente o recape asfáltico da Travessa Avelino Alves Pereira</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1379/indicacao_007-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1379/indicacao_007-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal para que determine a realização de operação tapa-buracos na rua Medardo Gali</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1380/indicacao_008-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1380/indicacao_008-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal para que determine a manutenção da iluminação do Terminal Rodoviário de Jataizinho</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1384/indicacao_009-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1384/indicacao_009-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal para disponibilize um veículo da frota municipal para prestar atendimento junto ao Projeto Horta Acolhedora</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1398/indicacao_010-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1398/indicacao_010-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal determine ao setor competente promova a manutenção, através da troca das tampas, de bueiros localizados na Avenida Benjamim Giavarina e na Avenida Antonio Brandão de Oliveira</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1399/indicacao_011-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1399/indicacao_011-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal para que determine ao setor competente promova a necessária manutenção no sentido de drenar o esgoto a céu aberto na Rua do Meio, na Vila Pavão</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1401/indicacao_012-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1401/indicacao_012-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a estudos no sentido de viabilizar a reciclagem de material proveniente da poda de árvores</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1416/indicacao_013-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1416/indicacao_013-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a providências a uma grade de galeria pluvial localizada na Praça Frei Timóteo</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1418/indicacao_014-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1418/indicacao_014-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a providências quanto a manutenção da iluminação pública na Avenida Caetano Munhoz da Rocha</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1422/indicacao_015-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1422/indicacao_015-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a pintura da quadra de esportes existente no Conjunto Habitacional Milton Félix Pessoa</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1424/indicacao_016-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1424/indicacao_016-2019.pdf</t>
   </si>
   <si>
     <t>solicitando o envio de ofício ao Executivo Municipal quanto a instalação de placas com informações nos pontos de taxi</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1425/indicacao_017-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1425/indicacao_017-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a providências na manutenção da ponte localizada sobre o ribeirão Jataizinho, zona rural, na estrada do Sr. Lerinho</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>ANTONIO MARCOS</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1437/indicacao_018-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1437/indicacao_018-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a instalação de um quebra-molas na Rua Carmela Dutra, defronte a subestação da COPEL</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1442/indicacao_019-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1442/indicacao_019-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a manutenção urgente do ponto de ônibus localizado na Avenida Nicola Pansardi, defronte ao Colégio Estadual Pedro Viriato Parigot de Souza</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1443/indicacao_020-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1443/indicacao_020-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a manutenção da iluminação pública na Rua Brasília, na Vila Frederico Lucarewiski</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1449/indicacao_021-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1449/indicacao_021-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal estude a viabilidade de aumentar os vencimentos dos membros do Conselho Tutelar</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>GORDO, LAÉRCIO QUITÉRIO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1451/indicacao_022-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1451/indicacao_022-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a possibilidade da concessão de abono natalino aos servidores públicos municipais</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1452/indicacao_023-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1452/indicacao_023-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a possibilidade de promover a roçagem de um campo de futebol no conjunto habitacional Stefany Germano</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1454/indicacao_024-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1454/indicacao_024-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto construção de calçadas ecológicas no trecho da Av. Pres. Getúlio Vargas da ponte sobre o ribeirão Jataizinho até o encruzo com a Rua Rio Grande do Norte</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1455/indicacao_025-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1455/indicacao_025-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a instalação de cobertura no ponto de ônibus localizado na Av. Paraná, defronte ao “Bar do Adriano”</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1456/indicacao_026-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1456/indicacao_026-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a possibilidade de se promover a prestação de serviços educacionais a crianças e adolescentes</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1461/indicacao_027-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1461/indicacao_027-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a manutenção de bueiros na Rua Brasília e na Avenida Nicola Pansardi</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Dirceu Urbano Pereira</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1353/pl001-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1353/pl001-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação de áreas públicas e autoriza permuta por outra área particular</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>Mesa Executiva</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1354/projeto_002-2019_XoIRzUy.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1354/projeto_002-2019_XoIRzUy.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos subsídio dos Vereadores, Prefeito, Vice-Prefeito e Secretários Municipais de Jataizinho, Estado do Paraná</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1355/projeto_003-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1355/projeto_003-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a revisão geral anual dos vencimentos dos cargos efetivos e comissionados do Poder Legislativo Municipal de Jataizinho</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1356/projeto_004-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1356/projeto_004-2019.pdf</t>
   </si>
   <si>
     <t>Revisa o valor do auxílio-alimentação dos servidores efetivos do Poder Legislativo Municipal</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1357/pl005-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1357/pl005-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder reposição salarial aos servidores públicos municipais ativos, aposentados e pensionistas da Administração Direta e Indireta do Município de Jataizinho, Estado do Paraná</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>ANTONIO BRANDÃO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1359/projeto_006-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1359/projeto_006-2019.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 123, e revoga o inc. I e o parágrafo único do Art. 127 da Lei n. 764, de 12 de julho de 2007, que dispõe sobre o Código de Posturas do Município de Jataizinho, no que concerne a comercialização, manuseio, queima e soltura de fogos de artificio, artifícios pirotécnicos e artefatos similares com estampido</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1381/projeto_007-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1381/projeto_007-2019.pdf</t>
   </si>
   <si>
     <t>Inclui o Art. 262-A, que dispõe sobre cobrança de taxa de coleta de lixo na Lei nº. 748/2006 (Código Tributário Municipal)</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>MAURÍLIO MARTIELHO, ALEX FARIA, ANTONIO BRANDÃO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1382/projeto_008-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1382/projeto_008-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização de feiras itinerantes no município de Jataizinho, Estado do Paraná, e dá outras providências</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1383/pl009-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1383/pl009-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para elaboração da Lei Orçamentária para o Município de Jataizinho para o exercício de 2020 e dá outras providências</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1385/pl010-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1385/pl010-2019.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Saneamento Básico e dá outras providências</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1386/pl011-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1386/pl011-2019.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 2º da Lei Municipal nº. 1.135, de 26 de fevereiro de 2019, que dispõe sobre a desafetação de áreas públicas e autoriza sua permuta por outra particular</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1387/pl012-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1387/pl012-2019.pdf</t>
   </si>
   <si>
     <t>Atribui ao bem público municipal, compreendido por uma área de terras de 7.560,93 metros quadrados, a denominação de “Estádio Desportivo Urbino José da Silva”</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1391/projeto_013-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1391/projeto_013-2019.pdf</t>
   </si>
   <si>
     <t>Modifica o Anexo I, Tabela de Vencimentos, da Lei Municipal nº. 1078, de 02 de janeiro de 2017, que fixa os vencimentos dos cargos efetivos e comissionados da Câmara Municipal de Jataizinho</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>ANTONIO BRANDÃO, ALEX FARIA, MAURÍLIO MARTIELHO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Altera o Art. 55 e parágrafos da Lei nº. 643, de 06 de junho de 2002, que dispõe sobre a organização do Regime de Previdência Social dos Servidores Públicos e criou o Instituto de Previdência dos Servidores Públicos do Município de Jataizinho</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1396/pl015-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1396/pl015-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Jataizinho, através do Poder Executivo Municipal, a proceder, mediante dispensa de licitação, à cessão de direito real de uso do imóvel denominado "Barracão do Emprego", nos termos do art. 78, §2º, da Lei Orgânica do Município e dá outras providências</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1397/pl016-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1397/pl016-2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº. 865, de 11 de maio de 2009 que dispõe sobre o Plano de Cargos, Carreira e Remuneração dos Servidores Públicos do Município de Jataizinho e dá outras providências</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1400/pl017-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1400/pl017-2019.pdf</t>
   </si>
   <si>
     <t>Define obrigações de pequeno valor nos termos do Artigo 100, § 3º, da Constituição Federal e dá outras providências</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1402/pl018-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1402/pl018-2019.pdf</t>
   </si>
   <si>
     <t>Altera Lei nº. 944 de 9 de Abril de 2011 que dispõe sobre a criação dos cargos de provimento efetivo de Agente Comunitário de Saúde e de Agente de Combate às Endemias e dá outras providências</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1403/pl019-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1403/pl019-2019.pdf</t>
   </si>
   <si>
     <t>Atribui ao Serviço Autônomo de Água e Esgoto - SAAE atividades relativas à coleta de resíduos domiciliares e sua destinação, ampliando sua esfera de atuação devida na Lei que a constituiu e suas ulteriores variações, na forma estabelecida nesta Lei e determina outras providências</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1404/pl020-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1404/pl020-2019.pdf</t>
   </si>
   <si>
     <t>Fica proibido o uso de Narguilé ou cachimbos d´água em locais que especifica, bem como a venda de cachimbo e insumos aos menores de 18 anos</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1408/pl021-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1408/pl021-2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº. 865, de 11 de maio de 2009, que dispõe sobre o Plano de Cargos, Carreira e Remuneração dos Servidores do Município de Jataizinho e dá outras providências</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1412/pl022-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1412/pl022-2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 769/2007 que dispõe sobre a Organização Administrativa e dá outras providências</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1414/projeto_023-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1414/projeto_023-2019.pdf</t>
   </si>
   <si>
     <t>Dá nome à Praça do Conjunto Habitacional Família Inohue no Município de Jataizinho</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1415/pl024-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1415/pl024-2019.pdf</t>
   </si>
   <si>
     <t>Homologa e autoriza o Município de Jataizinho a efetivar atos de governo junto ao Consórcio Intermunicipal da Bacia Capivara Norte do Paraná - Costa Norte - CIBACAP e dá outras providências</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1417/pl_025-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1417/pl_025-2019.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 64, Inciso I, da Lei nº. 985, de 27 de junho de 2012, que dispõe sobre a reorganização do Plano de Cargos, Carreira e Remuneração dos Servidores Públicos do SAAE - Serviço Autônomo de Água e Esgoto do Município de Jataizinho e dá outras providências</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1419/pl_026-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1419/pl_026-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de anexos no PPA - Plano Plurianual e na LDO - Lei de Diretrizes Orçamentárias na unidade orçamentária de Operação e Manutenção da Coleta e Tratamento de Lixo do Serviço Autônomo de Água e Esgoto - SAAE, para os exercícios de 2020 e 2021 e dá outras providências</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1421/pl_027-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1421/pl_027-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder o direito real de uso de imóvel de domínio do Município de Jataizinho e dá outras providências</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1423/pl_028-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1423/pl_028-2019.pdf</t>
   </si>
   <si>
     <t>Corrige o valor do auxílio-transporte dos servidores do Poder Legislativo Municipal de Jataizinho</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1426/pl_029-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1426/pl_029-2019.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Jataizinho para o exercício financeiro de 2020</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1427/pl030-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1427/pl030-2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 1.149/2019 que dispõe sobre a Organização Administrativa e dá outras providências</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1428/pl031-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1428/pl031-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Direitos do Idoso, do Fundo Municipal de Direitos do Idoso de Jataizinho e dá outras providências</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1429/pl032-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1429/pl032-2019.pdf</t>
   </si>
   <si>
     <t>Institui Programa de Regularização Fiscal (REFIS) do Serviço Autônomo de Água e Esgoto de Jataizinho (SAAE) para o exercício fiscal de 2019 e dá outras providências</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1436/pl033-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1436/pl033-2019.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei nº. 826/2008, de 10 de outubro de 2018, que trata da cessão de direito real de uso de uma área de terras medindo 3.025,36 m2, situada no loteamento Maria Júlia (antiga fábrica de sabão), neste Município e dá outras providências</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>EMERSON ANACLETO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1440/pl034-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1440/pl034-2019.pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a capacitação em primeiros socorros de professores, funcionários de estabelecimentos de ensino, de recreação infantil e motoristas de transporte escolar</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1445/pl035-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1445/pl035-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a municipalização do trecho urbano da Rodovia Estadual PR-443</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1450/pl036-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1450/pl036-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar no Orçamento Programa do Serviço Autônomo de Água e Esgoto - SAAE no exercício de 2019 e dá outras providências</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1457/pl037-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1457/pl037-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar operações de crédito com a Agência de Fomento do Paraná S.A.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1458/pl038-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1458/pl038-2019.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal - REFIS - relativo aos débitos tributários com a Fazenda Municipal, e dá outras providências</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1459/pl039-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1459/pl039-2019.pdf</t>
   </si>
   <si>
     <t>dispõe sobre isenção por tempo determinado de Imposto Predial e Territorial Urbano – IPTU e taxas agregadas para loteamentos analisados e aprovados na área urbana do Município de Jataizinho e da outras providências</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1460/pl040-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1460/pl040-2019.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº. 999/2013 e dá outras providências</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1462/pl041-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1462/pl041-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a receber, através de dação em pagamento, bem imóvel de Associação dos Servidores Municipais de Jataizinho</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1463/pl042-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1463/pl042-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o zoneamento do uso e ocupação do solo urbano do Município de Jataizinho e dá outras providências</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1358/pr_001-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1358/pr_001-2019.pdf</t>
   </si>
   <si>
     <t>Institui o banco de horas e regulamenta o serviço extraordinário para os servidores da Câmara Municipal de Jataizinho e dá outras providências</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1390/pr002-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1390/pr002-2019.pdf</t>
   </si>
   <si>
     <t>Modifica e suprime dispositivos da Resolução nº. 007, de 22 de junho de 2004, que dispõe sobre o Plano de Cargos, Carreira e Vencimentos da Câmara Municipal de Jataizinho e dá outras providências.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1413/projeto_de_resolucao_003-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1413/projeto_de_resolucao_003-2019.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar ao Orçamento da Câmara Municipal de Jataizinho no valor de R$ 35.000,00 e dá outras providências</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>LAÉRCIO QUITÉRIO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1420/projeto_de_resolucao_004-2019_assinado.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1420/projeto_de_resolucao_004-2019_assinado.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVOS NA RESOLUÇÃO Nº 004 DE 14 DE ABRIL DE 1998, QUE DISPÕE SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE JATAIZINHO.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1447/pr005-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1447/pr005-2019.pdf</t>
   </si>
   <si>
     <t>Regulamenta a Gestão Patrimonial do Poder Legislativo Municipal de Jataizinho</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1448/projeto_de_resolucao_006-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1448/projeto_de_resolucao_006-2019.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar ao Orçamento da Câmara Municipal de Jataizinho, no valor de R$ 10.000,00 e dá outras providências</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1453/projeto_de_resolucao_007-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1453/projeto_de_resolucao_007-2019.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar ao Orçamento da Câmara Municipal de Jataizinho, no valor de R$ 5.000,00 e dá outras providências</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1361/requerimento_001-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1361/requerimento_001-2019.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Executivo Municipal solicitando informações e cópias quanto aos processos licitatórios em que sagrou-se vencedora a empresa Equiplano Sistemas Ltda</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1362/requerimento_002-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1362/requerimento_002-2019.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Executivo Municipal solicitando informações e cópias relacionadas a diversas obras/reformas/pinturas realizadas pelo Município de Jataizinho durante o exercício de 2018</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao SAAE de Jataizinho, solicitando informações e cópias quanto a passagem de ar pelos hidrômetros juntamente com a água</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1364/requerimento_004-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1364/requerimento_004-2019.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Executivo Municipal solicitando informações e cópias a respeitos de vários gastos efetuados no Departamento de Saúde</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>MAURÍLIO MARTIELHO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1365/requerimento_005-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1365/requerimento_005-2019.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Executivo Municipal solicitando informações e cópias a respeito das dívidas do Município de Jataizinho para com o Jataizinho PREV</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1366/requerimento_006-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1366/requerimento_006-2019.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Executivo Municipal solicitando informações e cópias a respeito da destinação de bens inservíveis pertencentes ao patrimônio público</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1367/requerimento_007-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1367/requerimento_007-2019.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Executivo Municipal solicitando informações e cópias a respeito da destinação da antiga usina de reciclagem pertencente ao patrimônio público</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Executivo Municipal solicitando informações e cópias a respeito das reformas em diversos prédios públicos, em especial nas escolas municipais</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1370/requerimento_009-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1370/requerimento_009-2019.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Executivo Municipal solicitando informações e cópias a respeito da construção de um creche entre os conjunto Milton F Pessoa e Guido Zanini</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1371/requerimento_010-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1371/requerimento_010-2019.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Diretor do Departamento Municipal de Educação e Cultura convocando-o para prestar informações a respeito da venda de madeira da escola municipal D Pedro II</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1373/requerimento_011-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1373/requerimento_011-2019.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Diretor do Departamento Municipal de Ação Social solicitando  informações e cópias a respeito da relação da lista de doadores de cestas básicas a Assistência Social do Município nos anos de 2018 e 2019</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1378/requerimento_012-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1378/requerimento_012-2019.pdf</t>
   </si>
   <si>
     <t>Requerendo a criação de uma CPI para apurar possíveis irregularidades na demolição de salas de aulas de escola municipal e a destinação final da madeira proveniente do desmanche</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1405/requerimento_013-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1405/requerimento_013-2019.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Executivo Municipal e ao Jataizinho PREV, solicitando informações e cópias a respeito do pagamento das contribuições retidas dos servidores ao Fundo</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1406/requerimento_014-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1406/requerimento_014-2019.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Executivo Municipal solicitando informações e cópias de serviços prestados ao Município de Jataizinho via RPA</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1407/requerimento_015-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1407/requerimento_015-2019.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Governo do Estado do Paraná solicitando relação de servidores estaduais cedidos ao Município de Jataizinho</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1430/requerimento_016-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1430/requerimento_016-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao SAAE requerendo informações e cópias quanto as receitas e despesas da Autarquia nos meses de agosto e setembro/2019</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1431/requerimento_017-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1431/requerimento_017-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Instituto de Previdência de Jataizinho requerendo informações e cópias quanto a demonstração da atual dívida do Município para com o Fundo</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1432/requerimento_018-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1432/requerimento_018-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal requerendo informações e cópias quanto as receitas oriundas de ITBI, ISS e IPTU durante o exercício de 2019</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1433/requerimento_019-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1433/requerimento_019-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal requerendo informações e cópias quanto a destinação do repasse financeiro efetuado pelo Governo do Estado no montante de R$ 77.000,00</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1434/requerimento_020-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1434/requerimento_020-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal requerendo informações e cópias quanto as dívidas do Município de Jataizinho para com os fornecedores</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1435/requerimento_021-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1435/requerimento_021-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal requerendo informações e cópias quanto a concessão de aparelhos auditivos ao Vereador Adir Leite</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1441/requerimento_022-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1441/requerimento_022-2019.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Executivo Municipal, solicitando cópias referente a empresa Arias Comércio de Lubrificantes e Peças Ltda - Me</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
     <t>REQIE</t>
   </si>
   <si>
     <t>Requerimento Interno/Externo</t>
   </si>
   <si>
     <t>IGOR SABARA</t>
   </si>
   <si>
     <t>Requerendo cópia integral do processo proveniente de sua denuncia em face do Vereador Antonio Brandão por quebra de decoro parlamentar e desacato a funcionário público</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1388/requerimento_int-ext_002-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1388/requerimento_int-ext_002-2019.pdf</t>
   </si>
   <si>
     <t>Requerendo informações de processos e forma de acompanhamento, entre outras</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1389/requerimento_int-ext_003-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1389/requerimento_int-ext_003-2019.pdf</t>
   </si>
   <si>
     <t>Requerendo cópia digitalizada na íntegra dos processos: 1) 1) Protocolo nº. 356/2018, representação contra a minha pessoa, tramitado junto a Comissão de Ética Parlamentar;; 2) Comissão Processante constituída pela Portaria nº. 012/2019, contendo denuncia em face da minha pessoa por procedimento incompatível com o decoro parlamentar.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1392/requerimento_int-ext_004-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1392/requerimento_int-ext_004-2019.pdf</t>
   </si>
   <si>
     <t>Requerendo cópia de processos de autorização de viagens e comprovantes</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1393/requerimento_int-ext_005-2019_2tDNJ1L.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1393/requerimento_int-ext_005-2019_2tDNJ1L.pdf</t>
   </si>
   <si>
     <t>Requerendo providências quanto a possíveis irregularidades da concessão de diárias</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>SUBS</t>
   </si>
   <si>
     <t>Substitutivo à Projeto de Lei</t>
   </si>
   <si>
     <t>CESA - Comissão de Educação, Saúde e Assistência Social</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1446/substitutivo_ao_projeto_034-2019.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1446/substitutivo_ao_projeto_034-2019.pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a capacitação em primeiros socorros de professores, funcionários de estabelecimento de ensino, de recreação infantil e motoristas de transporte escolar</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1614,67 +1614,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1394/emenda_001_ao_pl_007-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1409/emenda_002_ao_pl_020-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1410/emenda_003_ao_pl_020-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1411/emenda_004_ao_pl_020-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1438/emenda_-_cjr_pl_031-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1439/emenda_006-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1444/emenda_-_cjr_pl_032-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1464/emenda_008-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1465/emenda_009-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1360/indicacao_001-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1368/indicacao_002-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1374/indicacao_003-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1375/indicacao_004-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1376/indicacao_005-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1377/indicacao_006-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1379/indicacao_007-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1380/indicacao_008-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1384/indicacao_009-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1398/indicacao_010-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1399/indicacao_011-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1401/indicacao_012-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1416/indicacao_013-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1418/indicacao_014-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1422/indicacao_015-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1424/indicacao_016-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1425/indicacao_017-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1437/indicacao_018-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1442/indicacao_019-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1443/indicacao_020-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1449/indicacao_021-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1451/indicacao_022-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1452/indicacao_023-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1454/indicacao_024-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1455/indicacao_025-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1456/indicacao_026-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1461/indicacao_027-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1353/pl001-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1354/projeto_002-2019_XoIRzUy.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1355/projeto_003-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1356/projeto_004-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1357/pl005-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1359/projeto_006-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1381/projeto_007-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1382/projeto_008-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1383/pl009-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1385/pl010-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1386/pl011-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1387/pl012-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1391/projeto_013-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1396/pl015-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1397/pl016-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1400/pl017-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1402/pl018-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1403/pl019-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1404/pl020-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1408/pl021-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1412/pl022-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1414/projeto_023-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1415/pl024-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1417/pl_025-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1419/pl_026-2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1421/pl_027-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1423/pl_028-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1426/pl_029-2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1427/pl030-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1428/pl031-2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1429/pl032-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1436/pl033-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1440/pl034-2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1445/pl035-2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1450/pl036-2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1457/pl037-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1458/pl038-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1459/pl039-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1460/pl040-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1462/pl041-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1463/pl042-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1358/pr_001-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1390/pr002-2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1413/projeto_de_resolucao_003-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1420/projeto_de_resolucao_004-2019_assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1447/pr005-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1448/projeto_de_resolucao_006-2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1453/projeto_de_resolucao_007-2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1361/requerimento_001-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1362/requerimento_002-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1364/requerimento_004-2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1365/requerimento_005-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1366/requerimento_006-2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1367/requerimento_007-2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1370/requerimento_009-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1371/requerimento_010-2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1373/requerimento_011-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1378/requerimento_012-2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1405/requerimento_013-2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1406/requerimento_014-2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1407/requerimento_015-2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1430/requerimento_016-2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1431/requerimento_017-2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1432/requerimento_018-2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1433/requerimento_019-2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1434/requerimento_020-2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1435/requerimento_021-2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1441/requerimento_022-2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1388/requerimento_int-ext_002-2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1389/requerimento_int-ext_003-2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1392/requerimento_int-ext_004-2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1393/requerimento_int-ext_005-2019_2tDNJ1L.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1446/substitutivo_ao_projeto_034-2019.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1394/emenda_001_ao_pl_007-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1409/emenda_002_ao_pl_020-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1410/emenda_003_ao_pl_020-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1411/emenda_004_ao_pl_020-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1438/emenda_-_cjr_pl_031-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1439/emenda_006-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1444/emenda_-_cjr_pl_032-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1464/emenda_008-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1465/emenda_009-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1360/indicacao_001-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1368/indicacao_002-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1374/indicacao_003-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1375/indicacao_004-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1376/indicacao_005-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1377/indicacao_006-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1379/indicacao_007-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1380/indicacao_008-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1384/indicacao_009-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1398/indicacao_010-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1399/indicacao_011-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1401/indicacao_012-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1416/indicacao_013-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1418/indicacao_014-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1422/indicacao_015-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1424/indicacao_016-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1425/indicacao_017-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1437/indicacao_018-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1442/indicacao_019-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1443/indicacao_020-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1449/indicacao_021-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1451/indicacao_022-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1452/indicacao_023-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1454/indicacao_024-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1455/indicacao_025-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1456/indicacao_026-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1461/indicacao_027-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1353/pl001-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1354/projeto_002-2019_XoIRzUy.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1355/projeto_003-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1356/projeto_004-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1357/pl005-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1359/projeto_006-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1381/projeto_007-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1382/projeto_008-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1383/pl009-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1385/pl010-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1386/pl011-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1387/pl012-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1391/projeto_013-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1396/pl015-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1397/pl016-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1400/pl017-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1402/pl018-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1403/pl019-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1404/pl020-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1408/pl021-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1412/pl022-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1414/projeto_023-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1415/pl024-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1417/pl_025-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1419/pl_026-2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1421/pl_027-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1423/pl_028-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1426/pl_029-2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1427/pl030-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1428/pl031-2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1429/pl032-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1436/pl033-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1440/pl034-2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1445/pl035-2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1450/pl036-2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1457/pl037-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1458/pl038-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1459/pl039-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1460/pl040-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1462/pl041-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1463/pl042-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1358/pr_001-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1390/pr002-2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1413/projeto_de_resolucao_003-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1420/projeto_de_resolucao_004-2019_assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1447/pr005-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1448/projeto_de_resolucao_006-2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1453/projeto_de_resolucao_007-2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1361/requerimento_001-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1362/requerimento_002-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1364/requerimento_004-2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1365/requerimento_005-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1366/requerimento_006-2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1367/requerimento_007-2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1370/requerimento_009-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1371/requerimento_010-2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1373/requerimento_011-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1378/requerimento_012-2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1405/requerimento_013-2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1406/requerimento_014-2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1407/requerimento_015-2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1430/requerimento_016-2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1431/requerimento_017-2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1432/requerimento_018-2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1433/requerimento_019-2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1434/requerimento_020-2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1435/requerimento_021-2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1441/requerimento_022-2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1388/requerimento_int-ext_002-2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1389/requerimento_int-ext_003-2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1392/requerimento_int-ext_004-2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1393/requerimento_int-ext_005-2019_2tDNJ1L.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2019/1446/substitutivo_ao_projeto_034-2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H114"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="51.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="113.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="112.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>