--- v0 (2026-01-08)
+++ v1 (2026-03-14)
@@ -54,621 +54,621 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>ANTONIO REIS</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1491/emenda_001-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1491/emenda_001-2020.pdf</t>
   </si>
   <si>
     <t>Altera a Tabela de Índices Urbanísticos constante do Anexo III do Projeto de Lei nº. 042/2019 que dispõe sobre o zoneamento do uso e ocupação do solo urbano do Município de Jataizinho</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1510/emenda_ao_pl020-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1510/emenda_ao_pl020-2020.pdf</t>
   </si>
   <si>
     <t>Modifica a redação de artigos do Projeto de Lei nº. 020/2020</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ANTONIO MARCOS</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1469/indicacao_001-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1469/indicacao_001-2020.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a providências a roçagem do canteiro da Avenida Antonio Brandão de Oliveira</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1470/indicacao_002-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1470/indicacao_002-2020.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a providências na manutenção da iluminação pública de toda a cidade</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>CLAUDINEI CABRAL</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1497/indicacao_008-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1497/indicacao_008-2020.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a instalação de um redutor de velocidade (quebra-molas) na rua José Fidelis Filho</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1498/indicacao_009-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1498/indicacao_009-2020.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a instalação de uma faixa elevada na Av. Antonio Brandão de Oliveira, em frente a igreja Pentecostal.</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1499/indicacao_010-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1499/indicacao_010-2020.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a  melhoria das condições de tráfego na PR 443</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1500/indicacao_011-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1500/indicacao_011-2020.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a determinação para a realização de limpeza e desobstrução das galerias pluviais.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1502/indicacao_012-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1502/indicacao_012-2020.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a providências no sentido de determinar o envio de caminhões-pipa nas estradas rurais em especial na região da Água das Flores</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>GORDO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1511/indicacao_013-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1511/indicacao_013-2020.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a denominação do espaço recreativo em construção na Rua Bahia, Vila Frederico Lucarewiski</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1514/indicacao_014-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1514/indicacao_014-2020.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Exeucutivo Municipal quanto a manutenção do asfalto entre as rua Barão de Antonina e Avenida Benjamim Giavarina</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1492/decreto_legislativo_001-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1492/decreto_legislativo_001-2020.pdf</t>
   </si>
   <si>
     <t>Reprova as contas do Executivo Municipal de Jataizinho referentes ao exercício financeiro de 2009</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1493/decreto_legislativo_002-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1493/decreto_legislativo_002-2020.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do Executivo Municipal de Jataizinho referentes ao exercício financeiro de 2013</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1494/decreto_legislativo_003-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1494/decreto_legislativo_003-2020.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do Executivo Municipal de Jataizinho referentes ao exercício financeiro de 2015</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1496/decreto_legislativo_004-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1496/decreto_legislativo_004-2020.pdf</t>
   </si>
   <si>
     <t>Reprova as contas do Executivo Municipal de Jataizinho referentes ao exercício financeiro de 2011</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>Mesa Executiva</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1475/pelo_001-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1475/pelo_001-2020.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivo da Lei Orgânica Municipal de Jataizinho, Estado do Paraná</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Dirceu Urbano Pereira</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1466/pl001-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1466/pl001-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER REPOSIÇÃO SALARIAL AOS SERVIDORES PÚBLICOS MUNICIPAIS ATIVOS, APOSENTADOS E PENSIONISTAS DA ADMINISTRAÇÃO DIRETA E INDIRETA DO MUNICÍPIO DE JATAIZINHO, ESTADO DO PARANÁ.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1467/pl002-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1467/pl002-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ISENÇÃO POR TEMPO DETERMINADO DE IMPOSTO PREDIAL E TERRITORIAL URBANO - IPTU E TAXAS AGREGADAS PARA LOTEAMENTOS ANALISADOS E APROVADOS NA ÁREA URBANA DO MUNICÍPIO DE JATAIZINHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1468/pl003-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1468/pl003-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÕES DE CRÉDITO COM AGÊNCIA DE FOMENTO DO PARANÁ. S. A.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1471/projeto_004-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1471/projeto_004-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual do subsídio dos Vereadores, Prefeito, Vice-Prefeito e Secretários Municipais de Jataizinho, Estado do Paraná</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1472/projeto_005-2020_nJV2FIu.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1472/projeto_005-2020_nJV2FIu.pdf</t>
   </si>
   <si>
     <t>Autoriza a revisão geral anual dos vencimentos dos cargos efetivos e comissionados do Poder Legislativo Municipal de Jataizinho</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1473/projeto_006-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1473/projeto_006-2020.pdf</t>
   </si>
   <si>
     <t>Revisa o valor do auxílio-alimentação dos servidores efetivos do Poder Legislativo Municipal</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1476/pl007-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1476/pl007-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder reposição salarial aos servidores do Magistério do Município de Jataizinho, Estado do Paraná</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1477/pl008-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1477/pl008-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder reposição salarial aos Conselheiros Tutelares do Município de Jataizinho, Estado do Paraná</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1478/pl009-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1478/pl009-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder reposição salarial aos servidores dos cargos de agente comunitário de saúde e agente de combate as endemias do Município de Jataizinho</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1479/pl010-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1479/pl010-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder reposição salarial aos servidores públicos municipais ativos, aposentados e pensionistas da Administração Direta e Indireta do Município de Jataizinho, Estado do Paraná</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1480/pl011-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1480/pl011-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre revogação da Lei nº. 826/2008, referente à cessão de direito real de uso</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1481/pl012-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1481/pl012-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a receber, através de dação em pagamento, bem imóvel de Tocantins Engenharia Ltda</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1484/projeto_013-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1484/projeto_013-2020.pdf</t>
   </si>
   <si>
     <t>Altera os vencimentos aos ocupantes de cargos em comissão da Câmara Municipal de Jataizinho e fixa o valor da Gratificação de Função – GF</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1487/pl014-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1487/pl014-2020.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº. 1170 de 03 de abril de 2020, que dispõe sobre a contratação operações de crédito com Agência de Fomento do Paraná S.A.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1488/pl015-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1488/pl015-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da Lei Orçamentária para o Município de Jataizinho para o exercício de 2021 e dá outras providências</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1495/pl016-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1495/pl016-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de Crédito Adicional Suplementar no Orçamento do Município de Jataizinho, para o exercício de 2020</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1501/pl017-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1501/pl017-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de crédito adicional especial no orçamento do Instituto de Previdência dos Servidores Públicos Municipais de Jataizinho para o exercício de 2020</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1503/pl018-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1503/pl018-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar no Orçamento Programa do Serviço Autônomo de Água e Esgoto - SAAE no exercício 2020 e dá outras providências</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1504/pl019-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1504/pl019-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cessão de máquinas e caminhões da Prefeitura atender obras e serviços de particulares e dá outras providências.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1505/pl020-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1505/pl020-2020.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa para o Município de Jataizinho para o exercício financeiro de 2021</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1506/projeto_021-2020_atualizado.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1506/projeto_021-2020_atualizado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o subsídio dos Vereadores do Município de Jataizinho, Estado do Paraná, para a Legislatura de 2021 a 2024</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1507/projeto_022-2020_atualizado.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1507/projeto_022-2020_atualizado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os vencimentos mensais do Prefeito, do Vice-Prefeito e dos Secretários Municipais do Município de Jataizinho, Estado do Paraná, para os Exercícios de 2021 a 2024</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1508/pl023-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1508/pl023-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo Municipal de Educação - FME, e dá outra providências</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1509/pl024-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1509/pl024-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial destinado a inserir no Orçamento Programa do Serviço Autônomo de Água e Esgoto - SAAE no exercício de 2020 e dá outras providências</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1515/pl025-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1515/pl025-2020.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Parcelamento de Débitos - PPD, relativo aos débitos tributários e não tributários com a Fazenda Municipal e dá outras providências</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1474/pr_001-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1474/pr_001-2020.pdf</t>
   </si>
   <si>
     <t>Revoga, inclui e altera dispositivos da Resolução nº. 004/1998, que dispõe sobre o Regimento Interno da Câmara Municipal de Jataizinho, Estado do Paraná</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1482/projeto_de_resolucao_002-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1482/projeto_de_resolucao_002-2020.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar ao Orçamento da Câmara Municipal de Jataizinho, no valor de R$ 40.000,00 e dá outras providências</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1483/pr_003-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1483/pr_003-2020.pdf</t>
   </si>
   <si>
     <t>Insere e modifica dispositivos da Resolução nº. 004/1998, que dispõe sobre o Regimento Interno da Câmara Municipal de Jataizinho, Estado do Paraná</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1485/pr_004-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1485/pr_004-2020.pdf</t>
   </si>
   <si>
     <t>Insere e modifica dispositivos da Resolução nº. 007/2004, que dispõe sobre o Plano de Cargos, Carreira e Vencimentos da Câmara Municipal de Jataizinho e dá outras providências</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1486/pr_005-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1486/pr_005-2020.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito da Câmara Municipal de Jataizinho, o Sistema de Participação Remota, medida excepcional destinada a viabilizar o funcionamento do Plenário durante a emergência de saúde pública de importância internacional</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1489/pr_006-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1489/pr_006-2020.pdf</t>
   </si>
   <si>
     <t>Insere e altera dispositivos na Resolução nº 001/2017, que regulamenta as avaliações periódica e especial de desempenho dos servidores do Poder Legislativo Municipal, e dá outras providências; Insere e modifica dispositivos na Resolução nº. 007/2004, que dispõe sobre o Plano de Cargos, Carreira e Vencimentos da Câmara Municipal de Jataizinho e dá outras providências; Altera dispositivo da Resolução no 002/2017, que Regulamenta os benefícios do Auxílio-Alimentação e Auxílio-Transporte, previstos no Estatuto dos Funcionários Públicos de Jataizinho,no âmbito do Poder Legislativo de Jataizinho</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1512/resolucao_007-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1512/resolucao_007-2020.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar ao Orçamento da Câmara Municipal de Jataizinho, no valor de R$ 8.000,00 e dá outras providências</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1513/projeto_de_resolucao_008-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1513/projeto_de_resolucao_008-2020.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar ao Orçamento da Câmara Municipal de Jataizinho, no valor de R$ 10.000,00 e dá outras providências</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>MAURÍLIO MARTIELHO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1490/requerimento_001-2020.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1490/requerimento_001-2020.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Executivo Municipal, solicitando o montante gasto com cimento, cal, areia, pedra, ferro, cal e madeira de Janeiro de 2017 até a presente data e suas respectivas notas de pagamento.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -975,67 +975,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1491/emenda_001-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1510/emenda_ao_pl020-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1469/indicacao_001-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1470/indicacao_002-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1497/indicacao_008-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1498/indicacao_009-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1499/indicacao_010-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1500/indicacao_011-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1502/indicacao_012-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1511/indicacao_013-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1514/indicacao_014-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1492/decreto_legislativo_001-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1493/decreto_legislativo_002-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1494/decreto_legislativo_003-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1496/decreto_legislativo_004-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1475/pelo_001-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1466/pl001-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1467/pl002-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1468/pl003-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1471/projeto_004-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1472/projeto_005-2020_nJV2FIu.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1473/projeto_006-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1476/pl007-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1477/pl008-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1478/pl009-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1479/pl010-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1480/pl011-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1481/pl012-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1484/projeto_013-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1487/pl014-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1488/pl015-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1495/pl016-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1501/pl017-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1503/pl018-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1504/pl019-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1505/pl020-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1506/projeto_021-2020_atualizado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1507/projeto_022-2020_atualizado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1508/pl023-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1509/pl024-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1515/pl025-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1474/pr_001-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1482/projeto_de_resolucao_002-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1483/pr_003-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1485/pr_004-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1486/pr_005-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1489/pr_006-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1512/resolucao_007-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1513/projeto_de_resolucao_008-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1490/requerimento_001-2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1491/emenda_001-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1510/emenda_ao_pl020-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1469/indicacao_001-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1470/indicacao_002-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1497/indicacao_008-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1498/indicacao_009-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1499/indicacao_010-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1500/indicacao_011-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1502/indicacao_012-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1511/indicacao_013-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1514/indicacao_014-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1492/decreto_legislativo_001-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1493/decreto_legislativo_002-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1494/decreto_legislativo_003-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1496/decreto_legislativo_004-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1475/pelo_001-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1466/pl001-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1467/pl002-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1468/pl003-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1471/projeto_004-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1472/projeto_005-2020_nJV2FIu.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1473/projeto_006-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1476/pl007-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1477/pl008-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1478/pl009-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1479/pl010-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1480/pl011-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1481/pl012-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1484/projeto_013-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1487/pl014-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1488/pl015-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1495/pl016-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1501/pl017-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1503/pl018-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1504/pl019-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1505/pl020-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1506/projeto_021-2020_atualizado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1507/projeto_022-2020_atualizado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1508/pl023-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1509/pl024-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1515/pl025-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1474/pr_001-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1482/projeto_de_resolucao_002-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1483/pr_003-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1485/pr_004-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1486/pr_005-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1489/pr_006-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1512/resolucao_007-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1513/projeto_de_resolucao_008-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2020/1490/requerimento_001-2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="37.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="105" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>