--- v0 (2026-01-11)
+++ v1 (2026-03-21)
@@ -54,915 +54,915 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2076/emenda_001_ao_pl012-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2076/emenda_001_ao_pl012-2024.pdf</t>
   </si>
   <si>
     <t>Substitui dispositivos do Projeto de Lei nº 012/2024 para acrescentar os pacientes que passam por procedimento de hemodiálise entre os beneficiários da proposição original.</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>REGI DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2044/indicacao_001-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2044/indicacao_001-2024.pdf</t>
   </si>
   <si>
     <t>Solicita o envio de ofício ao Executivo Municipal quanto a revisão da Lei n. 416/92 (Estatuto dos Servidores)</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2045/indicacao_002-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2045/indicacao_002-2024.pdf</t>
   </si>
   <si>
     <t>Solicita o envio de ofício ao Executivo Municipal quanto a aquisição de uniformes para servidores.</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>LAÉRCIO QUITÉRIO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2046/indicacao_003.2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2046/indicacao_003.2024.pdf</t>
   </si>
   <si>
     <t>Solicita o envio de ofício ao Executivo Municipal quanto a vistoria e manutenção da Ponte localizada na Seção Água do Pari.</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>SÔNIA DA CRUZ</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2047/indicacao_004-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2047/indicacao_004-2024.pdf</t>
   </si>
   <si>
     <t>Solicita o envio de ofício ao Executivo Municipal quanto ao acesso de cadeirantes no Posto de Saúde da Vila Frederico.</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>IRMÃO GUILHERME</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2049/indicacao_005-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2049/indicacao_005-2024.pdf</t>
   </si>
   <si>
     <t>Solicita o envio de ofício ao Executivo Municipal quanto a tomada de providências relativa à queimadas.</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2056/indicacao_006-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2056/indicacao_006-2024.pdf</t>
   </si>
   <si>
     <t>Solicita o envio de ofício ao Prefeito Municipal quanto a aplicação de micro revestimento asfáltico.</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2058/indicacao_007-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2058/indicacao_007-2024.pdf</t>
   </si>
   <si>
     <t>Solicita o envio de ofício ao Executivo Municipal quanto a construção de uma área de lazer.</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2059/indicacao_008-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2059/indicacao_008-2024.pdf</t>
   </si>
   <si>
     <t>Solicita o envio de ofício ao Executivo Municipal quanto ao transbordamento de esgoto na Av. Orlando Sales Striquer.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2072/indicacao_009-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2072/indicacao_009-2024.pdf</t>
   </si>
   <si>
     <t>Solicita o envio de ofício ao Prefeito Municipal quanto a providências para a contratação de um vigia para a Escola Municipal Wilson Chamilete.</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>MAURÍLIO MARTIELHO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2084/indicacao_010-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2084/indicacao_010-2024.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a sinalização de estacionamento na diagonal na Av. Pres. Getúlio Vargas, entre o trecho compreendido entre as Av. Benjamim Giavarina e Nilcola Pansardi</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2088/indicacao_011-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2088/indicacao_011-2024.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a elaboração de ato normativo quanto a anexação de parecer jurídico a projetos de lei de iniciativa do Prefeito Municipal quando do encaminhamento à Câmara Municipal</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2089/indicacao_012-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2089/indicacao_012-2024.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao SAAE quanto a providências no sentido de se promover de forma a manutenção da vazão de esgoto na Rua do Meio, na Vila Pavão</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2095/indicacao_013-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2095/indicacao_013-2024.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal solicitando providências quanto a um ponto de ônibus desativado na Rua Monteiro Lobato, defronte ao Posto de Saúde Central</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>BRUNO BARBOSA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2098/indicacao_014-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2098/indicacao_014-2024.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a poda de árvores na Avenida Orlando Salles Striquer</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2102/indicacao_015-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2102/indicacao_015-2024.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal a instalação de um redutor de velocidades na BR-369 defronte a mecânica do Serginho</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2103/indicacao_016-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2103/indicacao_016-2024.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a limpeza de vias públicas e instalação de lixeiras com tampa</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2105/indicacao_017-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2105/indicacao_017-2024.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a construção de uma rampa de acesso antiderrapante na Escola Municipal Wilson Chamilete</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>REGI DA SILVA, ANTONIO BRANDÃO, BRUNO BARBOSA, LAÉRCIO QUITÉRIO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2107/indicacao_018-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2107/indicacao_018-2024.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a construção de redutores de velocidade (quebra-molas) na Rua Minas Gerais, defronte a Escola Municipal Vicente Rodrigues Monteiro</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2108/indicacao_019-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2108/indicacao_019-2024.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a sinalização do redutor de velocidades (quebra-molas) na esquina da Rua Carmela Dutra com a Avenida Pres. Caetano Munhoz da Rocha</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2110/indicacao_020-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2110/indicacao_020-2024.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto instalação/construção de bancos na Praça Frei Timóteo</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>LUCIANO TAROSSO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2112/indicacao_021-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2112/indicacao_021-2024.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a manutenção de uma ponte de madeira localizada na Água do São João</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2115/indicacao_022-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2115/indicacao_022-2024.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto ao recolhimento dos usuários dos serviços de saúde, por parte dos ônibus, defronte a igreja no existente no Bairro Frei Timóteo em dias de chuva</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2121/indicacao_023-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2121/indicacao_023-2024.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a designação de novas ruas com o nome de "Celso Pereira Dias"</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Wilson Fernandes</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2048/pl_001-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2048/pl_001-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder revisão geral anual aos Servidores Públicos Municipais Ativos, Aposentados e Pensionistas da Administração Direta e Indireta do Município de Jataizinho, Estado do Paraná.</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2050/pl_002-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2050/pl_002-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal dos Direitos da Pessoa com Deficiência do Município de Jataizinho.</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>Mesa Executiva</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2051/projeto_003-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2051/projeto_003-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a revisão geral anual e o reajuste dos vencimentos dos cargos efetivos e comissionados do Poder Legislativo Municipal de Jataizinho e dá outras providências.</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2052/projeto_004-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2052/projeto_004-2024.pdf</t>
   </si>
   <si>
     <t>Revisa o valor do auxílio-alimentação dos servidores efetivos do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2053/pl_005-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2053/pl_005-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de Crédito Adicional Especial no orçamento do Município de Jataizinho, para o Exercício de 2024.</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2054/pl_006-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2054/pl_006-2024.pdf</t>
   </si>
   <si>
     <t>Inclui dispositivo na Lei N. 764/2007 e dá outras providências</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2055/pl_007-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2055/pl_007-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual do subsídio dos Vereadores, Prefeito, Vice-Prefeito e Secretários Municipais de Jataizinho, Estado do Paraná.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2060/pl_008-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2060/pl_008-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o SAAE - Serviço Autônomo de Água e Esgoto, a adquirir, mediante compra, bem imóvel.</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2061/pl_009-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2061/pl_009-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de Crédito Adicional Especial no orçamento do Município de Jataizinho, para o Exercício de 2024, para revitalização e reforma de praças e quadra esportiva.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2062/projeto_de_lei_n._010-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2062/projeto_de_lei_n._010-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa de aprendizagem com prioridade para adolescentes e jovens assistidos pelo SUAS - Sistema Único de Assistência Social do Município de Jataizinho e dá outras providências.</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2064/pl_011-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2064/pl_011-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de Crédito Adicional Especial no orçamento do Município de Jataizinho, para o Exercício de 2024, para revitalização e reforma de praças.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2066/projeto_012-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2066/projeto_012-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de carteira de identificação e o atendimento preferencial e prioritário para as pessoas com fibromialgia no Município de Jataizinho.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2068/pl_013-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2068/pl_013-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a subscrever a extinção do Consórcio Intermunicipal da Bacia Capivara Norte do Paraná - Costa Oeste - CIBACAP, estabelece obrigação específica e dá outras providências.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2073/pl_014-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2073/pl_014-2024.pdf</t>
   </si>
   <si>
     <t>Altera o anexo I da Lei n. 714/2005, com a inclusão de atividades previstas para o cargo/nível dos cargos de Agente Auxiliar Administrativo, Agente Assistente Administrativo e Agente Fiscal Tributário.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2075/projeto_de_lei_n._015-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2075/projeto_de_lei_n._015-2024.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 1º e o §1º do artigo 7º, da Lei Municipal n. 1.268/2024 e dá outras providências.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>BRUNO BARBOSA, IRMÃO GUILHERME, LAÉRCIO QUITÉRIO, REGI DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2081/pl016-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2081/pl016-2024.pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a prestação de socorros aos animais atropelados no Município</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2082/pl017-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2082/pl017-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da Lei Orçamentária para o Município de Jataizinho para o exercício de 2025 e dá outras providências</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
     <t>IRMÃO GUILHERME, BRUNO BARBOSA, REGI DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2083/projeto_de_lei_no._018-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2083/projeto_de_lei_no._018-2024.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Combate ao Abuso e à Exploração Sexual de Crianças e Adolescentes.</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2090/pl019-24.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2090/pl019-24.pdf</t>
   </si>
   <si>
     <t>Institui a Semana do Ciclismo no Município de Jataizinho</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2091/pl020-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2091/pl020-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o subsídio dos Vereadores do Município de Jataizinho, Estado do Paraná, para a Legislatura de 2025 a 2028</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2092/pl021-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2092/pl021-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os vencimentos mensais do Prefeito, do Vice-Prefeito e dos Secretários Municipais do Município de Jataizinho, Estado do Paraná, para os Exercícios de 2025 a 2028</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>BRUNO BARBOSA, ANTONIO BRANDÃO, IRMÃO GUILHERME, LAÉRCIO QUITÉRIO, REGI DA SILVA, VANIA DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2096/pl022-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2096/pl022-2024.pdf</t>
   </si>
   <si>
     <t>Institui o "Projeto Guardiões" e estabelece a proibição de manter animais acorrentados no âmbito do Município de Jataizinho e dá outras providências</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2097/pl023-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2097/pl023-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de Crédito Adicional Especial no orçamento do Instituto de Previdência dos Servidores Públicos Municipais de Jataizinho para o Exercício de 2024</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2104/pl024-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2104/pl024-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de Crédito Adicional Especial no orçamento do Município de Jataizinho para o Exercício de 2024</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2111/pl025-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2111/pl025-2024.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Jataizinho para o exercício financeiro de 2025</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2114/pl026-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2114/pl026-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de Crédito Adicional Especial no orçamento do Município de Jataizinho para o exercício de 2024</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2116/pl027-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2116/pl027-2024.pdf</t>
   </si>
   <si>
     <t>Aprova o Plano Municipal de Segurança Alimentar e Nutricional - PLASMAN e dá outras providências</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2117/pl028-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2117/pl028-2024.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal de Cultura de Jataizinho e dá outras providências</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2118/pl029-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2118/pl029-2024.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 1122/2018</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2119/pl030-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2119/pl030-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento de débitos do Município de Jataizinho junto ao Regime Próprio de Previdência Social (RPPS) do Município de Jataizinho, gerido pelo Instituto de Previdência dos Servidores Públicos Municipais de Jataizinho</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2120/pl031-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2120/pl031-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a forma de amortização do déficit técnico atuarial de acordo com a Portaria MTP nº 1.467/2022 - custo suplementar - por aporte ao Instituto de Previdência dos Servidores Públicos Municipais de Jataizinho e dá outras providências</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2122/pl032-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2122/pl032-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do art. 54, § 2º da Lei nº 1.226/2022</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2063/pr001-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2063/pr001-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação da Procuradoria da Mulher no âmbito da Câmara Municipal de Jataizinho e dá outras providências.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2065/pr002-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2065/pr002-2024.pdf</t>
   </si>
   <si>
     <t>Regulamenta a Lei n. 14.133 de 1o. de abril de 2021, que dispõe sobre Licitações e Contratos Administrativos, no âmbito da Câmara Municipal de Jataizinho, e dá outras providências.</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2100/pr003-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2100/pr003-2024.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar ao Orçamento da Câmara Municipal de Jataizinho, no valor de R$ 80.000,00 e dá outras providências</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
     <t>ANTONIO BRANDÃO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2106/pr004-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2106/pr004-2024.pdf</t>
   </si>
   <si>
     <t>Regulamenta a cessão de uso do recinto da Câmara Municipal de Jataizinho, para realização de cerimonial fúnebre e velório</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2113/pr005-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2113/pr005-2024.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar ao Orçamento da Câmara Municipal de Jataizinho, no valor de R$ 15.000,00 e dá outras providências</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2057/requerimento_001-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2057/requerimento_001-2024.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Prefeito Municipal solicitando informações concernentes a aplicação de micro revestimento asfáltico nas vias urbanas.</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2067/requerimento_002-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2067/requerimento_002-2024.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Prefeito Municipal solicitando informações concernentes ao recebimento dos repasses de incentivos financeiros encaminhados pelo Ministério da Saúde e destinado aos Agentes Comunitários de Saúde e Agentes de Combate às Endemias.</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2069/requerimento_003-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2069/requerimento_003-2024.pdf</t>
   </si>
   <si>
     <t>Requer a destituição da Vereadora Vânia Patrícia de todas as comissões permanentes que compõe na Câmara Municipal</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
     <t>VANIA DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2077/requerimento_004-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2077/requerimento_004-2024.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Prefeito Municipal solicitando informações concernentes ao pagamento de horas extras para servidores.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2078/requerimento_005-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2078/requerimento_005-2024.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Prefeito Municipal solicitando informações relativas as despesas com o Pronto Atendimento Municipal.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2079/requerimento_006-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2079/requerimento_006-2024.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Prefeito Municipal solicitando informações concernentes aos gastos com combustível.</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2080/requerimento_007-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2080/requerimento_007-2024.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Prefeito Municipal solicitando informações relacionadas ao empedramento com moledo na Seção Jangada.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>ANTONIO BRANDÃO, BRUNO BARBOSA, IRMÃO GUILHERME, VANIA DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Requerendo a constituição de uma Comissão Parlamentar de Inquérito - CPI, com o objetivo de apurar possíveis irregularidades no pagamento das indenizações às vítimas do acidente ocorrido no reservatório de água administrado pelo Serviço Autônomo de Água e Esgoto – SAAE e anexo à sua sede, no dia 15 de março de 2023</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>VANIA DOS SANTOS, ANTONIO BRANDÃO, BRUNO BARBOSA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2086/requerimento_009-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2086/requerimento_009-2024.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Executivo Municipal solicitando informações a respeito da "Casa Lar"</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2087/requerimento_010-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2087/requerimento_010-2024.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Executivo Municipal solicitando informações a respeito dos imóveis alugados pelo Município de Jataizinho</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2093/requerimento_011-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2093/requerimento_011-2024.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Executivo Municipal, solicitando informações a respeito do sistema de monitoramento por câmeras</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2094/requerimento_012-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2094/requerimento_012-2024.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Departamento de Agropecuária e Meio Ambiente solicitando informações a respeito da causa das mortes de peixes no ribeirão Jataizinho</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2099/requerimento_013-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2099/requerimento_013-2024.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao SAAE solicitando o cancelamento da isenção do pagamento do consumo de água de Abelino Antonio Goulart</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
     <t>CPI-SAAE - Comissão Parlamentar de Inquério</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2101/requerimento_014-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2101/requerimento_014-2024.pdf</t>
   </si>
   <si>
     <t>Requerendo a prorrogação de prazo para a conclusão dos trabalhos da Comissão Parlamentar de Inquérito por mais 60 (sessenta) dias</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2109/requerimento_015-2024.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2109/requerimento_015-2024.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Executivo Municipal solicitando informações quanto a redução de aquisições junto aos produtores de agricultura familiar de Jataizinho</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>R-DES</t>
   </si>
   <si>
     <t>Representação-Destituição da Mesa</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2074/representacao-destituicao_da_mesa.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2074/representacao-destituicao_da_mesa.pdf</t>
   </si>
   <si>
     <t>Requer a destituição da Vereadora Vânia Patrícia dos Santos da Primeira Secretaria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1269,67 +1269,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2076/emenda_001_ao_pl012-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2044/indicacao_001-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2045/indicacao_002-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2046/indicacao_003.2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2047/indicacao_004-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2049/indicacao_005-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2056/indicacao_006-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2058/indicacao_007-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2059/indicacao_008-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2072/indicacao_009-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2084/indicacao_010-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2088/indicacao_011-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2089/indicacao_012-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2095/indicacao_013-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2098/indicacao_014-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2102/indicacao_015-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2103/indicacao_016-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2105/indicacao_017-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2107/indicacao_018-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2108/indicacao_019-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2110/indicacao_020-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2112/indicacao_021-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2115/indicacao_022-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2121/indicacao_023-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2048/pl_001-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2050/pl_002-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2051/projeto_003-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2052/projeto_004-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2053/pl_005-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2054/pl_006-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2055/pl_007-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2060/pl_008-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2061/pl_009-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2062/projeto_de_lei_n._010-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2064/pl_011-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2066/projeto_012-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2068/pl_013-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2073/pl_014-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2075/projeto_de_lei_n._015-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2081/pl016-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2082/pl017-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2083/projeto_de_lei_no._018-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2090/pl019-24.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2091/pl020-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2092/pl021-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2096/pl022-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2097/pl023-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2104/pl024-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2111/pl025-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2114/pl026-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2116/pl027-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2117/pl028-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2118/pl029-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2119/pl030-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2120/pl031-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2122/pl032-2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2063/pr001-2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2065/pr002-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2100/pr003-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2106/pr004-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2113/pr005-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2057/requerimento_001-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2067/requerimento_002-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2069/requerimento_003-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2077/requerimento_004-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2078/requerimento_005-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2079/requerimento_006-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2080/requerimento_007-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2086/requerimento_009-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2087/requerimento_010-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2093/requerimento_011-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2094/requerimento_012-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2099/requerimento_013-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2101/requerimento_014-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2109/requerimento_015-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2074/representacao-destituicao_da_mesa.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2076/emenda_001_ao_pl012-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2044/indicacao_001-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2045/indicacao_002-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2046/indicacao_003.2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2047/indicacao_004-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2049/indicacao_005-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2056/indicacao_006-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2058/indicacao_007-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2059/indicacao_008-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2072/indicacao_009-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2084/indicacao_010-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2088/indicacao_011-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2089/indicacao_012-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2095/indicacao_013-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2098/indicacao_014-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2102/indicacao_015-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2103/indicacao_016-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2105/indicacao_017-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2107/indicacao_018-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2108/indicacao_019-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2110/indicacao_020-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2112/indicacao_021-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2115/indicacao_022-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2121/indicacao_023-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2048/pl_001-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2050/pl_002-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2051/projeto_003-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2052/projeto_004-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2053/pl_005-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2054/pl_006-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2055/pl_007-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2060/pl_008-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2061/pl_009-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2062/projeto_de_lei_n._010-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2064/pl_011-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2066/projeto_012-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2068/pl_013-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2073/pl_014-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2075/projeto_de_lei_n._015-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2081/pl016-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2082/pl017-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2083/projeto_de_lei_no._018-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2090/pl019-24.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2091/pl020-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2092/pl021-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2096/pl022-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2097/pl023-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2104/pl024-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2111/pl025-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2114/pl026-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2116/pl027-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2117/pl028-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2118/pl029-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2119/pl030-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2120/pl031-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2122/pl032-2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2063/pr001-2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2065/pr002-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2100/pr003-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2106/pr004-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2113/pr005-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2057/requerimento_001-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2067/requerimento_002-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2069/requerimento_003-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2077/requerimento_004-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2078/requerimento_005-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2079/requerimento_006-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2080/requerimento_007-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2086/requerimento_009-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2087/requerimento_010-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2093/requerimento_011-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2094/requerimento_012-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2099/requerimento_013-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2101/requerimento_014-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2109/requerimento_015-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2024/2074/representacao-destituicao_da_mesa.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="102.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="109" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="108.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>