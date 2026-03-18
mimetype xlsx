--- v0 (2026-01-09)
+++ v1 (2026-03-18)
@@ -54,1935 +54,1935 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ERIC BRUNO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2124/indicacao_001-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2124/indicacao_001-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a criação do Conselho Municipal de Proteção e Defesa dos Animais</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2125/indicacao_002-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2125/indicacao_002-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto ao desmembramento da Secretaria de Educação, Cultura e Esportes, criando as Secretarias de Cultura e Secretaria de Esportes</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2126/indicacao_003-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2126/indicacao_003-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a disponibilização de junta médica nas creches municipais</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>SÔNIA DA CRUZ</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2130/indicacao_004-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2130/indicacao_004-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao DNIT e ao DER-PR quanto a implantação de novos e mais eficazes redutores de velocidade na BR-369</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>ROBERTO POLONIA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2131/indicacao_005-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2131/indicacao_005-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a realocação do ponto de ônibus localizado em frente ao mercado na Rua Minas Gerais para a mesma rua, em frente a Escola Municipal</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>HIGOR MARTINELI</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2134/indicacao_006-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2134/indicacao_006-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a aquisição de um terreno para a construção de um espaço público de lazer e convivência para a população</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2135/indicacao_007-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2135/indicacao_007-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Chefe do Executivo quanto a disponibilização de farmacêuticos uma vez na semana nas Unidades Básicas de Saúde do Conjunto Jesuíno Loures Salinet e da Vila Frederico Lucarewiski</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2141/indicacao_008-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2141/indicacao_008-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Chefe do Executivo Municipal quanto a criação de um canal de denúncias denominado “Disque Dengue”</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2142/indicacao_009-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2142/indicacao_009-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Chefe do Executivo Municipal quanto a implantação de uma farmácia no Pronto Atendimento</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2143/indicacao_010-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2143/indicacao_010-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Chefe do Executivo Municipal quanto a criação de uma Cozinha Central para distribuição de alimentos para rede municipal de ensino</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2147/indicacao_011-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2147/indicacao_011-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a viabilidade de se usar larvicidas no combate às larvas do mosquito da dengue</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2148/indicacao_012-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2148/indicacao_012-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a criação de um terminal para o transporte estudantil na área central da cidade</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2149/indicacao_013-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2149/indicacao_013-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a disponibilização do atendimento dos serviços de fisioterapia após as 18h00</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2150/indicacao_014-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2150/indicacao_014-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício a Secretária Municipal de Assistência Social quanto a disponibilização de um ônibus para o transporte de trabalhadores até o CEASA em Londrina</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2155/indicacao_015-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2155/indicacao_015-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a manutenção e melhoria, com instalação de lixeiras e iluminação, nos pontos de ônibus</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2156/indicacao_016-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2156/indicacao_016-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a promoção de incentivo a criação de associações de bairro</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>GORDO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2161/indicacao_017-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2161/indicacao_017-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a disponibilização de telefones celulares às Secretarias Municipais a fim de facilitar o acesso da população aos gestores e responsáveis</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2162/indicacao_018-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2162/indicacao_018-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a sinalização quanto a proibição de soltar animais nas vias públicas</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_019-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_019-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício a Secretaria Municipal de Saúde quanto a busca dos pacientes residentes no conjunto Frei Gerônimo para exames e procedimentos</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2164/indicacao_020-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2164/indicacao_020-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a disponibilização de um dentista na Unidade de Saúde do Pombal</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2165/indicacao_021-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2165/indicacao_021-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a criação de um canal SAC – Serviço de Atendimento ao Cidadão, para receber sugestões, reclamações e solicitações de serviços</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2166/indicacao_022-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2166/indicacao_022-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a manutenção e instalação de iluminação nos campos de futebol do Estádio Municipal</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>RICARDO CORSINO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2169/indicacao_023-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2169/indicacao_023-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto ao custeio de procedimentos de médio e alta complexidade que estão em lista de espera</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2172/indicacao_024-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2172/indicacao_024-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a manutenção e revitalização das academias ao ar livre da cidade</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2173/indicacao_025-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2173/indicacao_025-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a designação de um servidor para a manutenção e conservação dos banheiros da Praça Frei Timóteo até as 24h00</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2176/indicacao_026-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2176/indicacao_026-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a instalação/construção de uma lombada elevada defronte a Escola Municipal Vicente Rodrigues Monteiro, na Vila Lucarewiski</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2177/indicacao_027-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2177/indicacao_027-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a regulamentação do estacionamento em apenas um lado da Rua Bahia, na Vila Frederico Lucarewiski</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2178/indicacao_028-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2178/indicacao_028-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a construção de banheiros na pracinha/parque existente na Rua Bahia, na Vila Lucarewiski</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2181/indicacao_029-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2181/indicacao_029-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a instalação e manutenção das placas de nomes de rua de toda a cidade de Jataizinho</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>YOHAN FARIA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2182/indicacao_030-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2182/indicacao_030-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a providências no sentido de agendar uma reunião com o Comandante Geral da Polícia Militar do Paraná para tratar de assuntos referente a segurança de Jataizinho</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2183/indicacao_031-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2183/indicacao_031-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a realização de estudos quanto a adesão ou formação de consórcio visando a instalação de câmeras de monitoramento a fim de coibir ações criminosas</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2184/indicacao_032-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2184/indicacao_032-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a criação de um ecoponto no local conhecido como “esqueleto”, no Jd. Maria Julia, para o descarte de podas de grama, móveis velhos e outros materiais</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2187/indicacao_033-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2187/indicacao_033-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Chefe do Executivo Municipal quanto a disponibilização de um vigia para atuar na APAE de Jataizinho</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2192/indicacao_034-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2192/indicacao_034-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Chefe do Executivo Municipal quanto a construção de uma passarela elevada em frente a Escola Municipal Vicente Rodrigues Monteiro na Rua São Paulo</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2193/indicacao_035-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2193/indicacao_035-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Chefe do Executivo Municipal quanto a revitalização do “Campo da Vila” localizado em frente ao Estádio Municipal</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2194/indicacao_036-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2194/indicacao_036-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Chefe do Executivo Municipal quanto a reativação do “Projeto Zumba” de aulas gratuitas</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2195/indicacao_037-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2195/indicacao_037-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Chefe do Executivo Municipal quanto medidas imediatas no conserto da base do escorregador do parque infantil localizado na Vila Frederico Lucarewiski</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2196/indicacao_038-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2196/indicacao_038-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Chefe do Executivo Municipal quanto a notificação do Colégio Estadual Parigot de Souza a respeito de um muro com risco iminentes de desabamento</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2197/indicacao_039-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2197/indicacao_039-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Chefe do Executivo Municipal quanto ao plantio de árvores frutíferas em praças públicas, canteiros e outros espaços municipais viáveis</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2198/indicacao_040-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2198/indicacao_040-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Chefe do Executivo Municipal quanto a implantação do pagamento por desempenho para os profissionais de saúde bucal da APS  conforme previsto na Portaria GM/MS nº. 960/2023</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2202/indicacao_041-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2202/indicacao_041-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Prefeito Municipal quanto ao aumento da freqüência de recolhimento do lixo de uma caçamba localizada na Seção Coqueiro, bem como a colocação de uma tampa na mesma</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2205/indicacao_042-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2205/indicacao_042-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a instalação de uma academia ao ar livre próximo a quadra de esportes do conjunto Milton Félix Pessoa</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2206/indicacao_043-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2206/indicacao_043-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a disponibilização de atendimento odontológico nas unidades de saúde até as 21h00 (vinte e uma horas)</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>MAURÍLIO MARTIELHO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2208/indicacao_044-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2208/indicacao_044-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a realização de uma festa do Dia do Trabalhador, com entrada gratuita, espaço para vendedores e expositores, apresentações e um bingo gratuito, nos moldes da realizada pelo Município de Naviraí, MS</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>RICARDO CORSINO, ERIC BRUNO, HIGOR MARTINELI</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2209/indicacao_045-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2209/indicacao_045-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a implantação de consultórios odontológicos na Unidade Mista de Saúde em construção e na Unidade de Saúde do Jesuino L Salinet</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2215/indicacao_046-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2215/indicacao_046-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto ao aumento da distribuição de fraldas geriátricas nos meses de inverno</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>LUCIANO TAROSSO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_047-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_047-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a revitalização dos letreiros com os nomes das escolas e centros de educação infantil de Jataizinho</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2221/indicacao_048-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2221/indicacao_048-2025.pdf</t>
   </si>
   <si>
     <t>Ssolicitando o envio de ofício ao Executivo Municipal quanto a adoção oficial da denominação “Condutor de Ambulância” aos profissionais que atuam como motoristas de unidades móveis de saúde</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2222/indicacao_049-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2222/indicacao_049-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a transformação da Travessa Vicente Monteiro em via de mão única</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2223/indicacao_050-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2223/indicacao_050-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a extensão do passeis público (calçada) ao longo de toda a quadra da Avenida Pres. Getúlio Vargas, em frente a Igreja Matriz</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2224/indicacao_051-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2224/indicacao_051-2025.pdf</t>
   </si>
   <si>
     <t>solicitando o envio de ofício ao Executivo Municipal quanto a implantação de um porta de emergência nos fundos da Unidade Básica de Saúde – UBS do Conjunto Habitacional Jesuíno Loures Salinet</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2225/indicacao_052-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2225/indicacao_052-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a construção de uma cobertura na entrada da Escola Municipal Vicente Rodrigues Monteiro, na Vila Frederico Lucarewisksi</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2229/indicacao_053-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2229/indicacao_053-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a instalação de toldos na entrada da Escola Municipal Wilson Chamilete</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2232/indicacao_054-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2232/indicacao_054-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a instalação de um parquinho infantil na Praça localizada ao lado do CEMEI Ieda Garcia Tanaka</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2235/indicacao_055-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2235/indicacao_055-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a instalação de placas de sinalização ao longo de todos os trechos de estradas que dão acesso às localidades rurais de Jataizinho</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2236/indicacao_056-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2236/indicacao_056-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a disponibilização de transporte de saúde aos usuários do SUS moradores do conjunto habitacional Frei Gerônimo</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>YOHAN FARIA, SÔNIA DA CRUZ</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2237/indicacao_057-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2237/indicacao_057-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a instalação do Museu de Jataizinho nas dependências do prédio da antiga Estação Ferroviária</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a promoção de distribuição de medicação gratuita da atenção básica diretamente na unidade de Pronto Atendimento àqueles com atendimento em caráter de urgência e emergência</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2243/indicacao_059-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2243/indicacao_059-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício a Diretora Presidente do SAAE, quanto a providência no sentido de ampliar o sistema de distribuição de água no conjunto habitacional Milton Félix Pessoa</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2245/indicacao_060-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2245/indicacao_060-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício à Secretária de Educação quanto a instalação de um parquinho infantil nas dependências da Escola Municipal Vicente Rodrigues Monteiro, na Vila Frederico Lucarewiski</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2246/indicacao_061-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2246/indicacao_061-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a disponibilização de uma lixeira/caçamba na estrada para o Frei Timóteo para o descarte correto de lixo</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2247/indicacao_062-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2247/indicacao_062-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a revitalização do túmulo de figuras históricas do Município de Jataizinho, como do Frei Timóteo e da Professora Adélia Antunes Lopes, bem como do Cemitério Municipal</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2254/indicacao_063-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2254/indicacao_063-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando autorização da Mesa Executiva para instalação de um ponto de coleta de lixo eletrônico no prédio da Câmara Municipal de Jataizinho e o envio de ofício ao Executivo Municipal quanto a instalação deste ponto</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2255/indicacao_064-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2255/indicacao_064-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício a Secretaria Municipal de Educação e Cultura quanto a criação de um programa de educação legislativa para os estudantes do ensino fundamental em parceria com a Câmara Municipal de Jataizinho</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2256/indicacao_065-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2256/indicacao_065-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Chefe do Executivo Municipal quanto a correção e adequação da sinalização de trânsito na esquina das avenidas Orlando Salles Striquer com Paraná</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2260/indicacao_066-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2260/indicacao_066-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a nomeação de uma rua com o nome de Odair Mimi com o intuito de homenageá-lo</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2264/indicacao_067-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2264/indicacao_067-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a realização do mapeamento das áreas de incidência de escorpiões na cidade, bem como uma campanha de conscientização</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2265/indicacao_068-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2265/indicacao_068-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a disponibilização de convênio com academias de atividades físicas aos servidores públicos municipais</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2266/indicacao_069-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2266/indicacao_069-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto revitalização das placas de nomes de ruas, com cores por bairros e contendo os respectivos CEPs</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>HIGOR MARTINELI, ERIC BRUNO, RICARDO CORSINO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2268/indicacao_070-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2268/indicacao_070-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a construção de uma pista de caminhada no entorno da “Mini Arena” que será construída em nossa cidade de Jataizinho</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2270/indicacao_071-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2270/indicacao_071-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a viabilidade de se buscar recursos para a construção de um Centro de Fisioterapia visando garantir um espaço de excelência para o atendimento fisioterapêutico da população</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2274/indicacao_072-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2274/indicacao_072-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a construção de uma cobertura na entrada da Escola Municipal Wilson Chamilete, bem como a revitalização da pintura do muro</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2275/indicacao_073-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2275/indicacao_073-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a instalação de câmeras de segurança nos prédios públicos de Jataizinho com o intuito de proteger o patrimônio e garantir a segurança da comunidade</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2276/indicacao_074-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2276/indicacao_074-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a instituição do “Dia Municipal do Ciclismo” a ser comemorado anualmente no primeiro domingo após o encerramento da Festa Junina de Jataizinho</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2278/indicacao_075-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2278/indicacao_075-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a criação de um Centro de Acolhimento de Pessoas em Situação de Rua, destinado ao acolhimento temporário, atendimento psicológico e encaminhamento social</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2279/indicacao_076-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2279/indicacao_076-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a providências no sentido de nomear uma rua de Jataizinho com o nome de Rua Francisco Fernandes Meyer</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2282/indicacao_077-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2282/indicacao_077-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a poda urgente das árvores na Rua Princesa do Norte, atrás do Colégio Estadual Prof. Pedro Viriato Parigot de Souza, visto que galhos quebrados após as fortes chuvas oferecem risco de queda, podendo causar acidentes e danos a veículos</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2296/indicacao_078-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2296/indicacao_078-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de ofício ao Executivo Municipal quanto a cessão de uma VAN para uso exclusivo da APAE de Jataizinho como garantia de um transporte adequado, seguro, confortável e com maior capacidade aos alunos da instituição</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2128/pl001-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2128/pl001-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a divulgação da demanda atendida e da lista de espera por vagas nas creches do Município de Jataizinho e dá outras providências</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2129/pl002-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2129/pl002-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a divulgação dos relatórios de vistorias realizadas em pontes e viadutos no Município de Jataizinho e dá outras providências</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
     <t>Mesa Executiva</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2136/pl003-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2136/pl003-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a revisão geral anual dos vencimentos dos cargos efetivos, comissionados e funções gratificadas do Poder Legislativo Municipal de Jataizinho e dá outras providências</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>Wilson Fernandes</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2137/pl004-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2137/pl004-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de abono salarial aos servidores públicos municipais</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2138/pl005-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2138/pl005-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder revisão geral anual aos Servidores Públicos Municipais Ativos, Aposentados e Pensionistas da Administração Direta e Indireta do Município de Jataizinho, Estado do Paraná</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2139/pl006-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2139/pl006-2025.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo II da Lei nº 714/2005 modificado pelas Leis nºs 865/2009, 944 e 958/2011 e 1146/2019, que dispõe sobre o Plano de Cargos, Carreira e Remuneração dos Servidores Públicos do Município de Jataizinho e dá outras providências</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2140/pl007-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2140/pl007-2025.pdf</t>
   </si>
   <si>
     <t>Cria o “Projeto Crotalária” de conscientização e combate à dengue e dá outras providências</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2144/pl008-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2144/pl008-2025.pdf</t>
   </si>
   <si>
     <t>Revisa o valor do auxílio-alimentação dos servidores efetivos do Poder Legislativo Municipal</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2145/pl009-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2145/pl009-2025.pdf</t>
   </si>
   <si>
     <t>Conceder abono salarial aos servidores efetivos e comissionados do Poder Legislativo Municipal</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2146/pl010-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2146/pl010-2025.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Conscientização sobre o Autismo no Município de Jataizinho e dá outras providências</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2151/pl011-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2151/pl011-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a responsabilização de tutores por animais de grande porte soltos em vias públicas no município de Jataizinho e dá outras providências</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2154/pl012-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2154/pl012-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Jataizinho, através do Chefe do Executivo Municipal, a alienar imóveis e da outras providências</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2157/pl013-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2157/pl013-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do programa “Banco de Ração” no Município de Jataizinho e dá outras providências</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2158/pl014-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2158/pl014-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da realização de exames oftalmológicos nos alunos matriculados na rede de ensino municipal de Jataizinho e dá outras providências</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2159/pl015-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2159/pl015-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da aplicação do questionário "SNAP IV" para rastreamento de sinais precoces do Transtorno do Déficit de Atenção com Hiperatividade (TDAH) por parte das unidades de saúde da rede pública e privada do Município de Jataizinho</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2160/pl016-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2160/pl016-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição da plataforma digital com informações sobre as obras públicas no Município de Jataizinho</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2171/pl017-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2171/pl017-2025.pdf</t>
   </si>
   <si>
     <t>Determina sentido único da Rua Antonio Gomes de Faria</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2180/pl018-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2180/pl018-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Direitos da Mulher, institui o Fundo Municipal dos Direitos da Mulher e dá outras providencias</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2185/pl019-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2185/pl019-2025.pdf</t>
   </si>
   <si>
     <t>Extingue cargos da Lei nº 769/2007 que dispõe sobre a Organização Administrativa da Prefeitura Municipal de Jataizinho</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2186/pl020-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2186/pl020-2025.pdf</t>
   </si>
   <si>
     <t>Promove alterações na Lei nº 769/2007 que dispõe sobre a Organização Administrativa da Prefeitura Municipal de Jataizinho, insere novos dispositivos e dá outras providências</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2189/pl021-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2189/pl021-2025.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de Jataizinho, o uso do cordão de fita com desenhos de girassóis como instrumento auxiliar de orientação para identificação de pessoas com deficiências ocultas, e dá outras providências</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2190/pl022-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2190/pl022-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Incentivo à Doação de Sangue no âmbito do serviço público do Município de Jataizinho, e dá outras providências</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2199/lei_1315-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2199/lei_1315-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da Lei Orçamentária para o Município de Jataizinho para o exercício de 2026 e dá outras providências</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2200/pl024-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2200/pl024-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a distribuição gratuita de leite com fórmulas infantis especiais para crianças lactentes, nas condições que especifica no Município de Jataizinho e dá outras providências</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2201/pl025-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2201/pl025-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da divulgação das listas de espera de pacientes que aguardam por procedimentos na rede pública de saúde no Município de Jataizinho e dá outras providências</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2203/pl026-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2203/pl026-2025.pdf</t>
   </si>
   <si>
     <t>Altera o Inciso II, do Art. 1º, da Lei Municipal nº. 1078, de 02 de janeiro de 2017, que fixa os vencimentos dos cargos efetivos e comissionados da Câmara Municipal de Jataizinho</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2207/pl027-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2207/pl027-2025.pdf</t>
   </si>
   <si>
     <t>Altera as alíneas “b” e “c”, do Inciso III, do Art. 2º., da Lei Municipal nº. 1078, de 02 de janeiro de 2017, que fixa os vencimentos dos cargos efetivos e comissionados da Câmara Municipal de Jataizinho</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2210/pl028-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2210/pl028-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de os veículos do transporte escolar realizarem o embarque e desembarque de estudantes exclusivamente em frente às entradas principais das escolas municipais e colégios estaduais no Município de Jataizinho, e dá outras providências</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
     <t>GORDO, ERIC BRUNO, HIGOR MARTINELI, RICARDO CORSINO, ROBERTO POLONIA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2211/projeto_de_lei_029-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2211/projeto_de_lei_029-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a disponibilização de um número de telefone celular público para cada Secretaria e/ou Departamento da Administração Direta do Poder Executivo do Município de Jataizinho</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2212/pl030-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2212/pl030-2025.pdf</t>
   </si>
   <si>
     <t>Institui ações para a promoção da política municipal de fornecimento gratuito de medicamentos de derivado vegetal à base de canabidiol, na forma que especifica</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2213/pl031-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2213/pl031-2025.pdf</t>
   </si>
   <si>
     <t>Institui e normatiza a execução do incentivo financeiro variável por desempenho aos profissionais da saúde bucal do Município de Jataizinho, na forma da Portaria GM/MS 960 de 17 de julho de 2023</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2214/pl032-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2214/pl032-2025.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 109-A e do § 1º e § 2º do referido artigo da Lei Municipal nº. 416/92 - Estatuto dos Servidores Públicos de Jataizinho e dá outras providências</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2219/pl033-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2219/pl033-2025.pdf</t>
   </si>
   <si>
     <t>Proíbe a inauguração e entrega de obras públicas inacabadas, ou que não atendam a finalidade a que se destinam, no Município de Jataizinho, Estado do Paraná</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2227/pl034-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2227/pl034-2025.pdf</t>
   </si>
   <si>
     <t>Concede o título honorífico de “Mestre de Comunidade” a cidadãos que se destacarem por sua sabedoria popular, atuação social, cultural, educativa ou religiosa no município de Jataizinho e dá outras providências</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2228/pl035-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2228/pl035-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a receber através de dação em pagamento, bem imóvel de João Bastista Barbosa Rossi e sua esposa Luci Corsino Rossi</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2230/pl036-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2230/pl036-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Aquisição de Alimentos (PAA), na modalidade de compra institucional, no âmbito do Município de Jataizinho, Estado do Paraná, e dá outras providências</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2234/pl037-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2234/pl037-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o SAAE - Serviço Autônomo de Água e Esgoto e o Executivo Municipal a efetuar a abertura de Crédito Adicional Especial no orçamento programa para o exercício de 2025, no valor de R$ 230.000,00 (duzentos e trinta mil reais)</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2238/pl038-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2238/pl038-2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo à Lei Municipal nº 416/1992 – Estatuto dos Servidores Públicos do Município de Jataizinho – para dispor sobre o procedimento de entrega de atestados médicos no caso de faltas justificadas por motivo de saúde, e dá outras providências</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
     <t>YOHAN FARIA, ERIC BRUNO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2241/pl039-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2241/pl039-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.308, de 08 de maio de 2025, para prever a alienação por leilão de animais de grande porte apreendidos e não resgatados, e dá outras providências</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2242/pl040-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2242/pl040-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.312, de 08 de maio de 2025, para dispor sobre a obrigatoriedade de instalação de placas informativas com QR Code nas obras públicas municipais em andamento</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
     <t>CDBEA - Comissão dos Direitos e Bem Estar Animal</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2248/pl041-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2248/pl041-2025.pdf</t>
   </si>
   <si>
     <t>Reconhece os Animais Comunitários no Município de Jataizinho, estabelece normas para sua proteção e regulamenta o cuidado coletivo, e dá outras providências</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2249/pl042-2025.pdf</t>
-[...2 lines deleted...]
-    <t>institui o Selo “Amigo dos Animais” no âmbito do Município de Jataizinho e dá outras providências</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2249/pl042-2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Selo “Amigo dos Animais” no âmbito do Município de Jataizinho e dá outras providências</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2250/pl043-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2250/pl043-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.117/2018, para incluir a obrigatoriedade de instalação de faixas elevadas de pedestres em frente aos estabelecimentos de saúde no Município de Jataizinho</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2251/pl044-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2251/pl044-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a conceder o abono natalino aos servidores ativos - efetivos e comissionados, e Secretários do Município de Jataizinho e dá outras providências</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2252/pl045-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2252/pl045-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reconhecimento do Município de Jataizinho como parte integrante da rota de peregrinação "Caminho dos Anjos" e dá outras providências</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2253/pl046-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2253/pl046-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Jataizinho, alienar os bens imóveis e dá outras providências</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2258/pl047-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2258/pl047-2025.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de Jataizinho, a “Semana da Educação Infantil” e dá outras providências</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2267/pl048-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2267/pl048-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a forma de amortização do déficit técnico atuarial de acordo com a Portaria MTP nº 1.467/2022 - custo suplementar por aporte ao Instituto de Previdência dos Servidores Públicos do Município de Jataizinho para o exercício de 2025 e dá outras providências</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2269/pl049-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2269/pl049-2025.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 129-A da Lei Municipal nº 416/1992 – Estatuto dos Servidores Públicos do Município de Jataizinho</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2271/pl050-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2271/pl050-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual - PPA 2026-2029 e dá outras providências</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2272/pl051-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2272/pl051-2025.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Jataizinho para o exercício financeiro de 2026</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2273/pl052-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2273/pl052-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento e reparcelamento de débitos do Município com seu Regime Próprio de Previdência Social denominado Instituto de Previdência dos Servidores Públicos Municipais do Município de Jataizinho de que tratam os artigos 115 e 117 do Ato das Disposições Constitucionais Transitórias - ADCT, na redação dada pelo art. 2º da Emenda Constitucional nº 136, de 9 de setembro de 2025</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2289/pl_053-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2289/pl_053-2025.pdf</t>
   </si>
   <si>
     <t>Fica reajustado o valor do Auxílio Alimentação dos servidores públicos da Administração Direta e Indireta do Município de Jataizinho, aprovado pela Lei nº. 1042/2015 de 11/12/2015, alterado pela Lei nº 1.324, de 21/07/2025</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2292/pl054-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2292/pl054-2025.pdf</t>
   </si>
   <si>
     <t>Ratifica o Protocolo de Intenções firmado entre o Estado do Paraná e os Municípios do Estado do Paraná subscritores, com a finalidade de formalizar a constituição e adequação do Consórcio Intergestores Paraná Saúde - CIPS aos termos do regime previsto na Lei Federal nº. 11.107/2005 e sua regulamentação, voltado ao desenvolvimento de ações na área da assistência farmacêutica no âmbito do Sistema Único de Saúde (SUS)</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2293/pl055-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2293/pl055-2025.pdf</t>
   </si>
   <si>
     <t>Altera os valores das diárias constantes na tabela do Anexo I da Lei Municipal nº. 1011/2014, que dipõe sobre a concessão de diárias ao Prefeito, Vice-Prefeito e aos demais servidores da Administração Direta e Indireta do Município de Jataizinho</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2294/pl056-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2294/pl056-2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 1.325 de 25 de agosto de 2025, para correção de erro material na identificação de lote e dá outras providências</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2295/pl057-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2295/pl057-2025.pdf</t>
   </si>
   <si>
     <t>Altera o anexo I da Lei nº 714/2005, com a inclusão e exclusão de atividades previstas para os cargos de Agente Fiscal Tributário - nível I e II e de Agente Assistente Administrativo, nível IV</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
     <t>Concede abono salarial aos servidores efetivos e comissionados do Poder Legislativo Municipal</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2127/pr001-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2127/pr001-2025.pdf</t>
   </si>
   <si>
     <t>Modifica o Art. 81, da Resolução nº. 004, de 14 de abril de 1998, que dispõe sobre o Regimento Interno da Câmara Municipal de Jataizinho</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2133/pr002-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2133/pr002-2025.pdf</t>
   </si>
   <si>
     <t>Modifica, suprime e adiciona dispositivos à Resolução nº. 001, de 09 de março de 2022</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2179/pr003-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2179/pr003-2025.pdf</t>
   </si>
   <si>
     <t>Corrige os valores constantes da tabela do Art. 2º, da Resolução nº. 003, de 25 de março de 2014, que regulamenta a concessão de diárias no âmbito do Poder Legislativo Municipal</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2204/pr004-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2204/pr004-2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Resolução nº. 007/2004 que dispõe sobre o Plano de Cargos, Carreiras e Vencimentos da Câmara Municipal de Jataizinho e dá outras procedências</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2231/pr005-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2231/pr005-2025.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar ao Orçamento da Câmara Municipal de Jataizinho, no valor de R$ 50.000,00 e dá outras providências</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2244/pr006-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2244/pr006-2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Resolução nº. 007/2004, que institui o Plano de Cargos, Carreiras e Vencimentos da Câmara Municipal de Jataizinho, e da Resolução nº. 001/2017, que regulamenta a avaliação funcional dos servidores do Poder Legislativo, visando aprimorar o sistema de progressão por mérito</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2259/pr007-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2259/pr007-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da apresentação e atualização anual da declaração de bens e valores pelos servidores da Câmara Municipal de Jataizinho, Estado do Paraná</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2262/pr008-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2262/pr008-2025.pdf</t>
   </si>
   <si>
     <t>Suprime e adiciona dispositivos ao Regimento Interno da Câmara Municipal de Jataizinho, dispondo sobre a tramitação da prestação de contas do Executivo Municipal</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2277/pr009-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2277/pr009-2025.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar ao Orçamento da Câmara Municipal de Jataizinho, no valor de R$ 116.000,00 e dá outras providências</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2123/requerimento_001-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2123/requerimento_001-2025.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Executivo Municipal, solicitando informações a respeito do atual estado da reverão do imóvel do Náutico Clube de Jataizinho ao Patrimônio Público</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2132/requerimento_002-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2132/requerimento_002-2025.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Executivo Municipal solicitando informações a respeito do cumprimento da Lei Municipal 990/2012 quanto a disponibilização de assentos em agências bancárias, lotéricas e correspondentes bancários</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
     <t>MAURÍLIO MARTIELHO, HIGOR MARTINELI, RICARDO CORSINO, ROBERTO POLONIA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2152/requerimento_003-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2152/requerimento_003-2025.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Executivo Municipal, solicitando informações a respeito do cumprimento da Lei Municipal nº. 1.237, de 14 de abril de 2023, que dispõe sobre o uso da frota de veículos oficiais da Administração Pública Municipal</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2153/requerimento_004-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2153/requerimento_004-2025.pdf</t>
   </si>
   <si>
     <t>Requerendo a convocação da Presidente da COOPERJATY, bem como do Diretor do Departamento Municipal de Agropecuária e Meio Ambiente para participarem da Reunião Ordinária de 06/03/2025, a fim de prestar informações quanto a utilização de recursos públicos municipais destinados à cooperativa</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2167/requerimento_005-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2167/requerimento_005-2025.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Executivo Municipal solicitando informações a respeito da dívida do imóvel onde localizava-se o Náutico Clube de Jataizinho</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2168/requerimento_006-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2168/requerimento_006-2025.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Executivo Municipal solicitando informações a respeito do andamento do projeto do “Parque das Olarias”</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2170/requerimento_007-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2170/requerimento_007-2025.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício a Secretaria de Saúde solicitando informações a respeito das filas de espera de procedimentos tais como ultrassonografia, ressonância magnética e tomografia</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2174/requerimento_008-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2174/requerimento_008-2025.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Executivo Municipal solicitando informações a respeito do andamento da obra da colocação de “pavers” na Rua Rio Grande do Sul</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
     <t>ERIC BRUNO, HIGOR MARTINELI, MAURÍLIO MARTIELHO, RICARDO CORSINO, ROBERTO POLONIA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2175/requerimento_009-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2175/requerimento_009-2025.pdf</t>
   </si>
   <si>
     <t>Requerendo a criação de uma Comissão Parlamentar de Inquérito - CPI para apurar a aplicação do fomento financeiro bem como o apoio logístico e estrutural da Administração Pública à COOPERJATY, indícios de desvio de função de servidor cedido a COOPERJATY e a ingerência política e assédio moral por parte do servidor cedido</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2188/requerimento_010-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2188/requerimento_010-2025.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Chefe do Executivo Municipal solicitando informações a respeito do Conselho de Segurança Municipal - CONSEG</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2191/requerimento_011-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2191/requerimento_011-2025.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Chefe do Executivo Municipal solicitando informações a respeito da destinação das antigas armações e equipamentos de iluminação pública substituídas pela nova iluminação de LED</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
     <t>SÔNIA DA CRUZ, LUCIANO TAROSSO</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2216/requerimento_012-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2216/requerimento_012-2025.pdf</t>
   </si>
   <si>
     <t>Requerendo a concessão de Manifestação de Aplausos a a 3º Sagento Silvia (SILVIA CAUMO), ao Cabo Ramos (CARLOS RIBEIRO RAMOS) e ao Soldado R. Mendes (RODRIGO MENDES), pelo belíssimo trabalho com nossos jovens estudantes na condução do PROERD em nosso Município</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
     <t>CPI-COOPER - Comissão Parlamentar de Inquérito (COOPERJATY)</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2217/requerimento_013-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2217/requerimento_013-2025.pdf</t>
   </si>
   <si>
     <t>Requerendo a prorrogação de prazo por mais 90 (noventa) dias para conclusão dos trabalhos</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2218/requerimento_014-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2218/requerimento_014-2025.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Executivo Municipal solicitando informações a respeito dos responsáveis pela fiscalização relacionada ao combate a dengue, e suas funções</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2226/requerimento_015-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2226/requerimento_015-2025.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Executivo Municipal solicitando informações a respeito da existência ou não de tratativas com o Governo do Estado ou com a empresa que irá administrar  a praça de pedágio de Jataizinho quanto a isenção de tarifas</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2233/requerimento_016-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2233/requerimento_016-2025.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Executivo Municipal solicitando informações a respeito do gasto mensal com aluguéis pelo Município de Jataizinho</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2240/requerimento_017-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2240/requerimento_017-2025.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Colégio Estadual Adélia Antunes Lopes solicitando informações a respeito da proibição do desembarque de alunos defronte à escola, seus motivos e medidas para garantir a segurança dos estudantes</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2257/requerimento_018-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2257/requerimento_018-2025.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício a Secretaria Municipal de Agropecuária e Meio Ambiente solicitando informações a respeito do atual estágio de elaboração/implantação do Programa de Arborização Urbana de Jataizinho</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2261/requerimento_019-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2261/requerimento_019-2025.pdf</t>
   </si>
   <si>
     <t>Requerendo a concessão de Manifestação de Aplausos ao Colégio Estadual Cívico Militar Professora Adélia Antunes Lopes, em reconhecimento ao excelente trabalho educacional</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>HIGOR MARTINELI, ERIC BRUNO, ROBERTO POLONIA</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2263/requerimento_020-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2263/requerimento_020-2025.pdf</t>
   </si>
   <si>
     <t>Requerendo a concessão de Manifestação de Aplausos ao Padre André Ladeira Gomes, em reconhecimento ao seu notável trabalho à frente a paróquia da Igreja Católica em Jataizinho</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2280/requerimento_021-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2280/requerimento_021-2025.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício à Secretaria Municipal de Assistência Social solicitando informações sobre ações e políticas públicas voltadas às pessoas em situação de rua no Município de Jataizinho</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2281/requerimento_022-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2281/requerimento_022-2025.pdf</t>
   </si>
   <si>
     <t>Requerendo a realização de Audiência Pública com o objetivo de discutir com a sociedade organizada e a população em geral as ações e políticas públicas voltadas às pessoas vivendo em situação de rua no Município de Jataizinho</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2290/requerimento_023-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2290/requerimento_023-2025.pdf</t>
   </si>
   <si>
     <t>Requerendo autorização para realização de Audiência Pública para tratar do assunto da reabertura da praça de pedágio de Jataizinho e sobre os impactos e possibilidades econômicas</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2291/requerimento_024-2025.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2291/requerimento_024-2025.pdf</t>
   </si>
   <si>
     <t>Requerendo o envio de ofício ao Executivo Municipal solicitando informações a respeito da existência de acordo, termo de cooperação, protocolo de intenções, convênio ou ajuste com a concessionária de pedágio que atuava em Jataizinho</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
     <t>CON</t>
   </si>
   <si>
     <t>Contas do Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2283/acordao_de_parecer_previo_no_163-22_-_segunda_camara_contas_do_executivo_2014.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2283/acordao_de_parecer_previo_no_163-22_-_segunda_camara_contas_do_executivo_2014.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do Exercício de 2014 – Gestor: Élio Batista da Silva</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2284/acordao_de_parecer_previo_no_91-20_-_primeira_camara_contas_executivo_2018.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2284/acordao_de_parecer_previo_no_91-20_-_primeira_camara_contas_executivo_2018.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do Exercício de 2018 – Gestor: Dirceu Urbano Pereira</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2285/101935150_acordao_de_parecer_previo_-_47-24_-_s1c.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2285/101935150_acordao_de_parecer_previo_-_47-24_-_s1c.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do Exercício de 2020 – Gestor: Dirceu Urbano Pereira</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2286/012444308_acordao_de_parecer_previo_-_8-25_-_s1c.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2286/012444308_acordao_de_parecer_previo_-_8-25_-_s1c.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do Exercício de 2021 – Gestor: Wilson Fernandes</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2287/77-parecer_previo_-_199-25_-_s1c.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2287/77-parecer_previo_-_199-25_-_s1c.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do Exercício de 2022 – Gestor: Wilson Fernandes</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
-    <t>https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2288/36-parecer_previo_-_240-25_-_s2c.pdf</t>
+    <t>http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2288/36-parecer_previo_-_240-25_-_s2c.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do Exercício de 2023 – Gestor: Wilson Fernandes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2289,67 +2289,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2124/indicacao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2125/indicacao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2126/indicacao_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2130/indicacao_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2131/indicacao_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2134/indicacao_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2135/indicacao_007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2141/indicacao_008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2142/indicacao_009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2143/indicacao_010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2147/indicacao_011-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2148/indicacao_012-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2149/indicacao_013-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2150/indicacao_014-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2155/indicacao_015-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2156/indicacao_016-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2161/indicacao_017-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2162/indicacao_018-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_019-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2164/indicacao_020-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2165/indicacao_021-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2166/indicacao_022-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2169/indicacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2172/indicacao_024-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2173/indicacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2176/indicacao_026-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2177/indicacao_027-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2178/indicacao_028-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2181/indicacao_029-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2182/indicacao_030-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2183/indicacao_031-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2184/indicacao_032-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2187/indicacao_033-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2192/indicacao_034-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2193/indicacao_035-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2194/indicacao_036-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2195/indicacao_037-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2196/indicacao_038-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2197/indicacao_039-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2198/indicacao_040-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2202/indicacao_041-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2205/indicacao_042-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2206/indicacao_043-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2208/indicacao_044-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2209/indicacao_045-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2215/indicacao_046-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_047-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2221/indicacao_048-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2222/indicacao_049-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2223/indicacao_050-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2224/indicacao_051-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2225/indicacao_052-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2229/indicacao_053-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2232/indicacao_054-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2235/indicacao_055-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2236/indicacao_056-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2237/indicacao_057-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2243/indicacao_059-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2245/indicacao_060-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2246/indicacao_061-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2247/indicacao_062-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2254/indicacao_063-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2255/indicacao_064-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2256/indicacao_065-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2260/indicacao_066-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2264/indicacao_067-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2265/indicacao_068-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2266/indicacao_069-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2268/indicacao_070-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2270/indicacao_071-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2274/indicacao_072-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2275/indicacao_073-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2276/indicacao_074-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2278/indicacao_075-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2279/indicacao_076-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2282/indicacao_077-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2296/indicacao_078-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2128/pl001-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2129/pl002-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2136/pl003-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2137/pl004-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2138/pl005-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2139/pl006-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2140/pl007-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2144/pl008-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2145/pl009-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2146/pl010-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2151/pl011-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2154/pl012-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2157/pl013-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2158/pl014-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2159/pl015-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2160/pl016-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2171/pl017-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2180/pl018-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2185/pl019-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2186/pl020-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2189/pl021-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2190/pl022-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2199/lei_1315-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2200/pl024-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2201/pl025-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2203/pl026-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2207/pl027-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2210/pl028-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2211/projeto_de_lei_029-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2212/pl030-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2213/pl031-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2214/pl032-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2219/pl033-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2227/pl034-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2228/pl035-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2230/pl036-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2234/pl037-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2238/pl038-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2241/pl039-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2242/pl040-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2248/pl041-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2249/pl042-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2250/pl043-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2251/pl044-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2252/pl045-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2253/pl046-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2258/pl047-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2267/pl048-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2269/pl049-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2271/pl050-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2272/pl051-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2273/pl052-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2289/pl_053-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2292/pl054-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2293/pl055-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2294/pl056-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2295/pl057-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2127/pr001-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2133/pr002-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2179/pr003-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2204/pr004-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2231/pr005-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2244/pr006-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2259/pr007-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2262/pr008-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2277/pr009-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2123/requerimento_001-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2132/requerimento_002-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2152/requerimento_003-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2153/requerimento_004-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2167/requerimento_005-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2168/requerimento_006-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2170/requerimento_007-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2174/requerimento_008-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2175/requerimento_009-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2188/requerimento_010-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2191/requerimento_011-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2216/requerimento_012-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2217/requerimento_013-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2218/requerimento_014-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2226/requerimento_015-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2233/requerimento_016-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2240/requerimento_017-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2257/requerimento_018-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2261/requerimento_019-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2263/requerimento_020-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2280/requerimento_021-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2281/requerimento_022-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2290/requerimento_023-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2291/requerimento_024-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2283/acordao_de_parecer_previo_no_163-22_-_segunda_camara_contas_do_executivo_2014.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2284/acordao_de_parecer_previo_no_91-20_-_primeira_camara_contas_executivo_2018.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2285/101935150_acordao_de_parecer_previo_-_47-24_-_s1c.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2286/012444308_acordao_de_parecer_previo_-_8-25_-_s1c.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2287/77-parecer_previo_-_199-25_-_s1c.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2288/36-parecer_previo_-_240-25_-_s2c.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2124/indicacao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2125/indicacao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2126/indicacao_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2130/indicacao_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2131/indicacao_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2134/indicacao_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2135/indicacao_007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2141/indicacao_008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2142/indicacao_009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2143/indicacao_010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2147/indicacao_011-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2148/indicacao_012-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2149/indicacao_013-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2150/indicacao_014-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2155/indicacao_015-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2156/indicacao_016-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2161/indicacao_017-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2162/indicacao_018-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_019-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2164/indicacao_020-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2165/indicacao_021-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2166/indicacao_022-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2169/indicacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2172/indicacao_024-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2173/indicacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2176/indicacao_026-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2177/indicacao_027-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2178/indicacao_028-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2181/indicacao_029-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2182/indicacao_030-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2183/indicacao_031-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2184/indicacao_032-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2187/indicacao_033-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2192/indicacao_034-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2193/indicacao_035-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2194/indicacao_036-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2195/indicacao_037-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2196/indicacao_038-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2197/indicacao_039-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2198/indicacao_040-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2202/indicacao_041-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2205/indicacao_042-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2206/indicacao_043-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2208/indicacao_044-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2209/indicacao_045-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2215/indicacao_046-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_047-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2221/indicacao_048-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2222/indicacao_049-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2223/indicacao_050-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2224/indicacao_051-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2225/indicacao_052-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2229/indicacao_053-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2232/indicacao_054-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2235/indicacao_055-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2236/indicacao_056-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2237/indicacao_057-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2243/indicacao_059-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2245/indicacao_060-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2246/indicacao_061-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2247/indicacao_062-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2254/indicacao_063-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2255/indicacao_064-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2256/indicacao_065-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2260/indicacao_066-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2264/indicacao_067-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2265/indicacao_068-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2266/indicacao_069-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2268/indicacao_070-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2270/indicacao_071-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2274/indicacao_072-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2275/indicacao_073-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2276/indicacao_074-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2278/indicacao_075-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2279/indicacao_076-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2282/indicacao_077-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2296/indicacao_078-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2128/pl001-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2129/pl002-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2136/pl003-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2137/pl004-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2138/pl005-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2139/pl006-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2140/pl007-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2144/pl008-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2145/pl009-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2146/pl010-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2151/pl011-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2154/pl012-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2157/pl013-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2158/pl014-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2159/pl015-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2160/pl016-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2171/pl017-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2180/pl018-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2185/pl019-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2186/pl020-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2189/pl021-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2190/pl022-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2199/lei_1315-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2200/pl024-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2201/pl025-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2203/pl026-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2207/pl027-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2210/pl028-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2211/projeto_de_lei_029-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2212/pl030-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2213/pl031-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2214/pl032-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2219/pl033-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2227/pl034-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2228/pl035-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2230/pl036-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2234/pl037-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2238/pl038-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2241/pl039-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2242/pl040-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2248/pl041-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2249/pl042-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2250/pl043-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2251/pl044-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2252/pl045-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2253/pl046-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2258/pl047-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2267/pl048-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2269/pl049-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2271/pl050-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2272/pl051-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2273/pl052-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2289/pl_053-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2292/pl054-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2293/pl055-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2294/pl056-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2295/pl057-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2127/pr001-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2133/pr002-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2179/pr003-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2204/pr004-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2231/pr005-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2244/pr006-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2259/pr007-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2262/pr008-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2277/pr009-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2123/requerimento_001-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2132/requerimento_002-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2152/requerimento_003-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2153/requerimento_004-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2167/requerimento_005-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2168/requerimento_006-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2170/requerimento_007-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2174/requerimento_008-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2175/requerimento_009-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2188/requerimento_010-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2191/requerimento_011-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2216/requerimento_012-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2217/requerimento_013-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2218/requerimento_014-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2226/requerimento_015-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2233/requerimento_016-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2240/requerimento_017-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2257/requerimento_018-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2261/requerimento_019-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2263/requerimento_020-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2280/requerimento_021-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2281/requerimento_022-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2290/requerimento_023-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2291/requerimento_024-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2283/acordao_de_parecer_previo_no_163-22_-_segunda_camara_contas_do_executivo_2014.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2284/acordao_de_parecer_previo_no_91-20_-_primeira_camara_contas_executivo_2018.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2285/101935150_acordao_de_parecer_previo_-_47-24_-_s1c.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2286/012444308_acordao_de_parecer_previo_-_8-25_-_s1c.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2287/77-parecer_previo_-_199-25_-_s1c.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jataizinho.pr.leg.br/media/sapl/public/materialegislativa/2025/2288/36-parecer_previo_-_240-25_-_s2c.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H177"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="85" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="153.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="152.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>